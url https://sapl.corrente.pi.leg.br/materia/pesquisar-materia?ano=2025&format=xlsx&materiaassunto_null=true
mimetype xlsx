--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1166" uniqueCount="578">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2084" uniqueCount="997">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -102,114 +102,149 @@
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1410/projeto_de_lei_no_006_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do conselho municipal de educação de Corrente-Pi e dá outras providências.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_no_09_de_2025.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 806/2024 e dá outras providências.</t>
   </si>
   <si>
+    <t>1555</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n° 348, de 21 de fevereiro de 2006, para incluir entre as atribuições do cargo de Fiscal de Tributos a competência de lançamento e constituição de créditos tributários, e dá outras providências</t>
+  </si>
+  <si>
+    <t>1557</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1557/projeto_de_lei_no_19_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reparcelamento de débitos do município de Corrente-PI com seu Regime Próprio de Previdência Social -RPPS, de que tratam os artigos 115 e 117 do Ato das disposições Constitucionais Transitórias - ADCT com redação conferida pela Emenda Constitucional n°136, de 9 de setembro de 2025. Filemon José Francisco Nogueira Paranaguá.</t>
+  </si>
+  <si>
     <t>1355</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Cristovam Neto, Dionízio Nogueira, Robério Cabeleireiro, Salmeron Filho</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_resolucao_no_01_de_2025_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação das remunerações dos cargos em Comissão da Câmara Municipal de Corrente-PI e dá outras providências.</t>
   </si>
   <si>
+    <t>1556</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_de_resolucao_01_procuradoria.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Corrente-PI, do Estado do Piauí, e dá outras providências.</t>
+  </si>
+  <si>
     <t>1357</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento Legislativo</t>
   </si>
   <si>
     <t>Maria Luiza, Dionízio Nogueira</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1357/requerimento_no_01_de_2025.pdf</t>
   </si>
   <si>
     <t>Que sejam realizadas obras de melhorias nas estradas vicinais da macrorregião do Riacho Grande.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Maria Luiza</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_no_02_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado ao secretário de saúde, para que informe a Câmara sobre o funcionamento dos postos de saúde, referente ao abastecimento de medicamentos e disponibilidade de médicos na localidade Riacho Grande.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Paulo Henrique Dourado</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_no_03_de_2025.pdf</t>
   </si>
   <si>
-    <t>Solicitamos que seja realizado a ligação da energia elétrica no prédio da Escola Estadual onde funciona o ensino médio na localidade Riacho Grande, no referido local funciona como anexo da escola Coronel Justino Cavalcante Barros</t>
+    <t>Solicitamos que seja realizado a ligação da energia elétrica no prédio da Escola Estadual onde funciona o ensino médio na localidade Riacho Grande, no referido local funciona como anexo da escola Coronel Justino Cavalcante Barros._x000D_
+_x000D_
+Solicitamos o início da construção da Unidade Escolar Desembargador João Pacheco Cavalcante.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Cristovam Neto</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1392/requerimento_no_07_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja dado celeridade na reforma da 15ª GRE de Corrente, pois a mesma encontra com os serviços parados.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_no_8_de_2025.pdf</t>
   </si>
@@ -219,110 +254,169 @@
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_no_9_de_2025.pdf</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Salmeron Filho, Adélia Corado, Dionízio Nogueira, Eduardo Lobato, Gustavo Lemos, Maria Luiza, Naira Nogueira, Paulo Henrique Dourado, Robério Cabeleireiro, Rosivânia Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1427/requerimento_no_11_aegea.pdf</t>
   </si>
   <si>
     <t>Que seja marcada uma audiência pública, para debater sobre os problemas recorrentes na prestação de serviços da AGESPISA, bem como tratar sobre a transição e o plano de investimento da empresa AEGEA.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>Rosivânia Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1401/requerimento_no_19_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja instalado através da secretaria de tecnologia e inovação, um ponto de internet para uso da população no hospital Dr. João Pacheco Cavalcante.</t>
   </si>
   <si>
+    <t>1523</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>Dionízio Nogueira</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1523/requerimento_no_20_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado requerimento ao Diretor do DETRAN em Corrente-PI, o Sr. Humberto Setúbal._x000D_
+Solicitando explicações sobre a demora no atendimento das pessoas; e solicitando também a melhoria do prédio físico pois está muito deteriorado para os atendimentos dos funcionários que ali trabalham.</t>
+  </si>
+  <si>
+    <t>1524</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1524/requerimento_no_21_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar que a cidade de Corrente receba o mutirão de catarata da SESAPI (Secretaria de Estado da Saúde do Piauí).</t>
+  </si>
+  <si>
+    <t>1547</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1547/requerimento_no_22_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>REQUERER, ao Secretário da SEMDER que possa tomar as medidas cabíveis sobre os animais soltos nas vias públicas conforme o Código de Postura.</t>
+  </si>
+  <si>
+    <t>1512</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>Dionízio Nogueira, Cristovam Neto, Maria Luiza, Naira Nogueira</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_no_23_de2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado o REQUERIMENTO ao SECRETÁRIO DE SAÚDE Sr.Thiago Cardozo, para colocar profissionais de Saúde da Secretaria Municipal de Saúde para Ievar ações nos dias do festejo da localidade Riacho Grande de 22 a 25 de agosto.</t>
+  </si>
+  <si>
+    <t>1513</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_no_24_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado o REQUERIMENTO a SECRETÁRIA DE DE.SENVOLVIMENTO SOCIAL E CIDADANIA A Sr". Ana Paula Lira, para_x000D_
+realizar um mutirão de ação social, nos dias do festejo da localidade Riacho Gi ande de 22 a 25 de agosto.</t>
+  </si>
+  <si>
     <t>1448</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Rosivânia Ribeiro, Adélia Corado</t>
   </si>
   <si>
-    <t>https://sapl.corrente.pi.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Que seja encaminhado requerimento a secretária de Desenvolvimento Social e Cidadania, Ana Paula Lira, para colocar profissionais de saúde da secretaria municipal de saúde para levar ações no mês de setembro, no período de festejo da localidade Fazenda de Cima.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Cristovam Neto, Robério Cabeleireiro</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1449/requerimento_no_27_cristovam_e_roberio.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado requerimento a secretária de Desenvolvimento Social e Cidadania Ana Paula Lira, para realizar um mutirão de ação social, na localidade Santa Marta.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1450/requerimento_no_28_roberio_e_cristovam_neto.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado requerimento ao secretário de saúde Thiago Cardozo, para levar ações a localidade Santa Marta.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>Dionízio Nogueira</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_no_33_dionizio_nogueira.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado requerimento ao representante da empresa Águas do Piauí, para que tome providências quanto ao abastecimento de água no bairros de Corrente, principalmente nos bairros Vermelhão e Vila, pois a água não está indo com frequência para as residências dos moradores.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Que seja encaminhado ofício à Equatorial Energia, solicitando a retirada de poste que ficou no meio da rua Castro Alves, no bairro Morro do Pequi.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1430/requerimento_no_35_de_2025_dionizio_nogueira.pdf</t>
   </si>
   <si>
     <t>Que seja trocado o transformador no colégio do Riacho Grande (colégio do estado) para que possar usar os ar-condicionado do colégio.</t>
@@ -333,50 +427,164 @@
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Salmeron Filho</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_no_36_2025_salmeron_filho.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado requerimento a empresa JDN, responsável pela recuperação da estrada vicinal na localidade Prata, próximo ao Morro Redondo, solicitando informações sobre a execução daquela estrada, pois a mesma encontra- se intrafegável.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1447/requerimento_no_25_adelia_e_rosivania.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado requerimento ao secretário de saúde Thiago Cardozo, para colocar profissionais de saúde da secretaria municipal de saúde para levar ações no mês de setembro, no período de festejo da localidade Fazenda de Cima.</t>
   </si>
   <si>
+    <t>1571</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>Rosivânia Ribeiro, Maria Luiza, Naira Nogueira</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1571/requerimento_no_38_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada SESSÃO TEMÁTICA em 25 de novembro do corrente ano, em alusão ao dia Internacional da Eliminação da Violência contra a Mulher.</t>
+  </si>
+  <si>
+    <t>1553</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1553/requerimento_no_39__de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado o REQUERIMENTO ao SECRETÁRIO DE SEGURANÇA PÚBLICA DO PIAUÍ- SSP o IImo Sr. FRANCISCO LUCAS COSTA_x000D_
+VELOSO, para buscar informações sobre:_x000D_
+•	Prazo para o retorno das atividades da 10a Delegacia Seccional de Corrente voltar a funcionar em sede própria tendo em vista que foi interditado	por medida judicial, devido ao estado precário como infiltrações, mofo, fiação exposta, ausência de ventilação adequada e necessidades de celas apropriadas, e melhoramento na rede de esgoto aparente</t>
+  </si>
+  <si>
+    <t>1551</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>Adélia Corado</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1551/requerimento_no_40_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado ao Executivo municipal ATRAVÉS da Secretaria de Esportes e Lazer a solicitação para: Implantação do “PROJETO DANÇANDO NA RUA”, com o objetivo de desenvolver práticas de saúde e esporte e levar o bem - estar a comunidade através da dança.</t>
+  </si>
+  <si>
+    <t>1558</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>Que seja criado através da Secretarias de Educação e Saúde e secretaria de Desenvolvimento social:_x000D_
+•	Criação Implantação do Plano Municipal da Primeira infância;</t>
+  </si>
+  <si>
+    <t>1560</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1560/requerimento_no_43_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado ao Executivo municipal para que seja feito a: Criação do Fundo Municipal do Idoso;</t>
+  </si>
+  <si>
+    <t>1583</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1583/requerimento_no_44_de_2024.pdf</t>
+  </si>
+  <si>
+    <t>Que seja solicitada ao Prefeito Municipal, Filemon José Francisco Paranaguá, a instituição em nosso município da CASA DA MULHER, a partir do ano 2026.</t>
+  </si>
+  <si>
+    <t>1582</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_no_45_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja implantada mais uma equipe de PSF para atender na área da UBS Evandro Reis, localizada no bairro Aeroporto. Pois pela quantidade de habitantes da referida área está com mais de 3.600 habitantes sendo atendidos por uma única Equipe de Saúde. A portaria do GM/MSN° 3.493/2024. Preconiza para os municípios com população entre 20.001 e 50.000 habitantes: parâmetros de 2.500 pessoas vinculadas ao e SF.</t>
+  </si>
+  <si>
+    <t>1516</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1516/oficio_no_85__ldo_2026.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhamento de Lei Ordinária nº 834/2025.</t>
+  </si>
+  <si>
+    <t>1559</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1559/requerimento_no_42_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado ao Executivo municipal para que seja feito a: Criação e Implantação do Plano Municipal de Segurança Pública.</t>
+  </si>
+  <si>
     <t>1331</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dionízio Nogueira, Salmeron Filho</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_no_01_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja, colocado um médico na UBS do Riacho Grande.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1332/indicacao_no_02_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja colocado um médico na UBS do Retiro.</t>
@@ -402,53 +610,50 @@
   <si>
     <t>Robério Cabeleireiro, Cristovam Neto</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_no_04_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a recuperação da estrada dos Pastores ao Buritinho na região da Santa Marta.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_05_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a recuperação da estrada da localidade Monte Alegre a Curitiba.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>Adélia Corado</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_06_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a recuperação da estrada da Pedra Furada.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_07_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a pavimentação da Rua Silvio Paulo, no bairro Fernando Carlos Cavalcante.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>Naira Nogueira</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_08_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a pavimentação da Rua Emilio Pacheco Cavalcante.</t>
@@ -537,128 +742,123 @@
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_16_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feito o treinamento da equipe saúde da família, sobre as atualizações do pré- natal com especialista em obstetrícia, e colocando assim a educação continuada dos profissionais em pauta.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_17_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja instalados postes de energia elétrica, ao menos 3 ou 4 na Rua São Miguel, no bairro Aeroporto I; essa rua encontra-se totalmente em situaçãp de escuridão, colocando em perigo os moradores que ali residem.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_18_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a troca das mangueiras por canos PVC, e instale caixa d' água que se encontra há mais de 3 anos, sem funcionamento para garantir melhor abastecimento de água na região do Araça do Meio/ Riacho Grande.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_19_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a sinalização vertical e horizontal, com  redutores de velocidade nos percursos do cruzamento localizado no centro da cidade, principalmente nas proximidades do posto Juan e da panificadora Conquista.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_20_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma Ponte na Localidade Malha da Barra.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>21</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_no_21_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a pavimentação da Rua Tancredo Neves, travessa com a Itamarati, no bairro Morro do Pequi.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_no_22_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza do pátio da Unidade Escolar Elízia Rocha.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_no_23_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a reposição de lâmpadas da iluminação pública na Comunidade Santa Marta.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_no_24_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a recuperação da estrada da localidade Corujas.</t>
   </si>
   <si>
+    <t>1536</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_no_25_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>1.	Que seja colocado um médico para atendimento na UBS do Sincerino_x000D_
+2.	Que seja colocado um enfermeiro para atendimento da rede de frios na UBS do Sincerino</t>
+  </si>
+  <si>
     <t>1360</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_26_de_2025.pdf</t>
   </si>
   <si>
     <t>Instalar sistema de mangueiras para molhar as plantas da Praça Caxingó.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_no_27_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a recuperação da estrada do Paraim.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_no_28_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a recuperação da estrada da Barra do Rio.</t>
@@ -696,161 +896,158 @@
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_no_31_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza da UBS da Fazenda de Cima.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_no_32_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza da UBS do bairro Vermelhão.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>Que seja feita a limpeza da Escola Municipal Claudenor Rodrigues de Melo, da Fazenda de Cima.</t>
   </si>
   <si>
+    <t>1537</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_no_34_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja criada uma nova eqúipe de PSF para atendimento na UBS do Bairro Sincerino.</t>
+  </si>
+  <si>
+    <t>1538</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_no_35_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja construída uma UBS para atendimentos médicos no Bairro Vila Nova, tendo em vista que essas famílias se deslocam para UBS do Sincerino que já atende um grande número de famílias.</t>
+  </si>
+  <si>
     <t>1368</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_no_36_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja construído banheiros para alunos e professores na Unidade Escolar Elízia Rocha.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>Paulo Henrique Dourado, Naira Nogueira</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_no_37_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a Recuperação da estrada que dá acesso ao Araça pelo Carrasco,</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>38</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_38_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feito o estudo de impacto ambiental do lixão municipal e inicie a implantação para o aterro controlado ou sanitário.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>39</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_39_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a instalação de espaço de convivência no posto de saúde do Aeroporto com bancos em concretos, tipo de praças com pergolados e plantas ornamentais.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_40_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a operação tapa buracos no final da Rua Adolf John Terry, nas proximidades do salão de Rosa.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_no_41_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a revitalização do calçamento, além da limpeza das Ruas Santos Dumont e professor Augusto Fernandes, no bairro Morro do Pequi.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_42_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a implantação de energia nas localidades Araça do Meio, na região do Riacho Grande e Olho d' Água região da Vereda da Porta.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_43_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a revitalização das ruas com capina e iluminação pública dos bairros Morro do Pequi II.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_44_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a Revitalização do canteiro central da da Rua Adolf John Terry.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_45_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a capina nas estradas vicinais da localidade Pindaíba</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_46_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a capina e iluminação nas áreas públicas do bairro Conviver.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_47_de_2025.pdf</t>
@@ -873,50 +1070,74 @@
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Naira Nogueira, Paulo Henrique Dourado</t>
   </si>
   <si>
     <t>Que seja feita a Recuperação da estrada que dá acesso a Porta Araça.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_50_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a Recuperação da Rua Orley Cavalcante  no trecho entre a Rua Desembargador Amaral e José de Deus Pacheco.</t>
   </si>
   <si>
+    <t>1539</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_no_51_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a limpeza com roço e capina das ruas do Bairro Sincerino.</t>
+  </si>
+  <si>
+    <t>1546</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1546/oficio_74_entrega_de_balancete_pmc_abril.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhamento de prestações de contas referente ao mês de abril 2025.</t>
+  </si>
+  <si>
     <t>1386</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_no_89_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza da antiga obra da maternidade</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_no_90_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza do esgoto da Rua Edgard Nogueira, nas proximidades do Bar Riacho Escuro, devido ao mau cheiro.</t>
   </si>
   <si>
     <t>1388</t>
@@ -969,104 +1190,327 @@
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_no_95_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a recuperação da via, e depois a pavimentação da Rua Projetada B, no bairro Vila Nova.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_96_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a análise e recuperação da base da caixa d' água, na localidade Pau de Terra.</t>
   </si>
   <si>
+    <t>1482</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_no_98_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que o executivo municipal faça, em regime de urgência, a recuperação de buracos na avenida Nossa Senhora da Conceição. Há diversos pontos preocupantes que ocorreram acidentes de trânsito. Vale salientar que essa avenida é importante para o acesso ao IFPI.</t>
+  </si>
+  <si>
+    <t>1483</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_no_99_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que façam a limpeza de matos e seja implementada novas lixeiras em pontos estratégicos na Praça Correntino Nogueira Paranaguá.</t>
+  </si>
+  <si>
+    <t>1484</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_no_100_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que façam a recuperação de buracos no início da Rua Desembargador Amaral (Próximo a Vale Frios), onde consta diversos pontos com asfaltamento precário.</t>
+  </si>
+  <si>
+    <t>1485</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_no_101_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>1.Que seja feito, em regime de urgência, a recuperação com cascalho da estrada da BR 135, passando pelo Simplício, Barreirão, Mariana até a localidade Certeza._x000D_
+2-Que seja feito a limpeza com roço desse trecho da BR 135Km até a localidade Certeza</t>
+  </si>
+  <si>
+    <t>1486</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_no_102_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito o mutirão de limpeza (capina e roço) no Bairro Nova Corrente-PI.</t>
+  </si>
+  <si>
+    <t>1487</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_no_103_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja transformado a escola da localidade Cocos em uma UBS.</t>
+  </si>
+  <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_no_104_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja transformado a escola da localidade Mariana-Joaquim Araújo da Cunha em uma UBS, para atendimento daquela comunidade, pois é muito distante para os moradores se deslocarem para atendimento no Barreirão e atendimento de saúde odontológica no Simplício.</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Eduardo Lobato</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_no_105_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito, em regime de urgência, a recuperação com cascalho da estrada das localidades Retiro e Floresta.</t>
+  </si>
+  <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_no_106_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita Sarjetas na Rua Gov. Matias Olímpio</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_no_107_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a recuperação com asfalto da Rua Raimundo Nonato Moura até a saída para o Riacho Frio.</t>
+  </si>
+  <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_no_108_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja construída uma nova UBS no Bairro Morro do Pequi.</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_no_110_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a recuperação da Estrada Retiro de Cima.</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_no_111_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a instalação de iluminação pública na localidade Palmira próximo ao posto de atendimento médico.</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_no_112_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a recuperação das ruas do bairro Loteamento José de Freitas e a limpeza com capina.</t>
+  </si>
+  <si>
     <t>1398</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_132_de_2025.pdf</t>
   </si>
   <si>
     <t>Indica limpeza da Rua Mascarenhas de Morais a Beira Rio.</t>
   </si>
   <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>Que seja feito a manutenção das estradas vicinais no nosso município, principalmente nas localidades Sussuapara, Barrocão e Araçá de Nicolau.</t>
+  </si>
+  <si>
+    <t>1497</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_no_138_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a reforma da unidade básica de saúde do Caxingó.</t>
+  </si>
+  <si>
+    <t>1498</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_no_139_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja colocado cascalho na rua Beira Rio , na proximidade da residência do Sr. Divan ao lado esquerdo, devido a quantidade de buracos.</t>
+  </si>
+  <si>
     <t>1407</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_141_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feito o roço nas localidades Sussuapara, Barrocão e Araça de Nicolau.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Que seja feira a manutenção das estradas vicinais no nosso município, no trecho que dá acesso a Escola Municipal João Benício Magalhães até a Escola Municipal Altino Figueiredo na localidade Riacho Grande, e Boqueirão, principalmente nas imediações do Beco, próximo as residências do sr. Oleide a Zé Augusto e Afonso, seguindo das imediações de Araruna.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_no_144_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja colocado as placas de denominações das Ruas do bairro Vila Nova.</t>
   </si>
   <si>
+    <t>1530</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>Que seja feita a recuperação e melhoria da pavimentação da Rua Bom Fim, localizada no bairro Vila Nos a tendo em vista as condições precárias do calçamento, que vêm comprometendo seriamente o tráfego de pedestres e veículos.</t>
+  </si>
+  <si>
+    <t>1531</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_no_146_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a recuperação e manutenção das estradas vicinais da zona rural, das localidades Angico, Bela Vista, visando melhorar as condições de tráfego e garantir o direito de ir e vir da população.</t>
+  </si>
+  <si>
     <t>1402</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>Eduardo Lobato</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_no_150.pdf</t>
   </si>
   <si>
     <t>Que seja feita a recuperação da estrada do Simplício, Barreirão, Paraim de Baixo e Mariana.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_no_151.pdf</t>
   </si>
   <si>
     <t>Solicitar uma tenda para a Unidade Escolar Mário Nogueira, onde as crianças ficam no intervalo.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_no_152.pdf</t>
@@ -1077,50 +1521,321 @@
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_153_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feito o patrolamento e cascalhamento da Rua Nicolau Tolentino, no residencial Morro do Pequi, próximo a reciclagem Renovar.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_no_154_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a recuperação da Rua Quintino Custódio, próximo a igreja do bairro Primavera.</t>
   </si>
   <si>
+    <t>1527</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_no_155_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita uma passagem molhada no Riacho do Araçá na qual liga com a Fazenda de Cima. Pois está intrafegável por essa estrada vicinal, onde o acesso por essa via facilitaria a locomoção para a estrada da Fazenda de Cima.</t>
+  </si>
+  <si>
+    <t>1528</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_156_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a operação tampa buraco da rua que liga a saída do Riacho Frio. Pois l‹i está um caos para o tráfego de veículos.</t>
+  </si>
+  <si>
+    <t>1529</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_157_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que requer a Secretária de Educação do município coloque vigias nas escolas no período da noite pois temos algumas escolas que não tempos vigias podendo acontecer furtos nos locais na qual já tendo acontecido</t>
+  </si>
+  <si>
+    <t>1532</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_no_158_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a construção do muro de proteção na Escola Claudenor Rodrigues de Melo , localizada na Localidade Fazenda de Cima , em razão da segurança das crianças e da proximidade com a PI 255, estrada de terra.</t>
+  </si>
+  <si>
+    <t>1533</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_no_159_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito o serviço de roçagem na Rua Vô Zuzinha nas proximidades da BR 135 , devido à vegetação alta que compromete a visibilidade e a segurança.</t>
+  </si>
+  <si>
+    <t>1534</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_no_160_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito o cascalhamento da Rua Vô Zuzinha, próximo a BR 135.</t>
+  </si>
+  <si>
+    <t>1525</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_no_161_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a reposição de lâmpadas na localidade Simplício, em frente à Igreja Católica até nas proximidades da Igreja Batista.</t>
+  </si>
+  <si>
+    <t>1526</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_162_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a reposição de lâmpadas e luminárias na Rua Projetada 55, próximo a residência do sr. Francisco de Melo.</t>
+  </si>
+  <si>
+    <t>1544</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_no_168_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICATIVO DE PROJETO DE LEI N°........./2025	de 16 de_x000D_
+Junho de 2025_x000D_
+Dispõe sobre o Programa Municipal de Saúde Vocal do Professor da Rede Pública Municipal de Ensino.</t>
+  </si>
+  <si>
+    <t>1545</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_no_169_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>INDICATIVO DE PROJETO DE LEI N°........./2025	de  16 de_x000D_
+Junho de 2025_x000D_
+Institui o Programa Municipal denominado “NOSSA TERRAARADA” e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1543</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_no_170_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>•	Que seja colocado um agente comunitário de Saúde -ACS, na área que compreende a Rua do Cruzeiro, bairro Primavera.</t>
+  </si>
+  <si>
+    <t>1541</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>Que seja feita a limpeza e o roço da Unidade Escolar Filemon Nogueira</t>
+  </si>
+  <si>
+    <t>1542</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_no_172_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja perfurado e instalado o Poço na localidade Simplício (Pedra Preta).</t>
+  </si>
+  <si>
+    <t>1517</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>Que seja feito um curral comunitário na localidade Araçá.</t>
+  </si>
+  <si>
+    <t>1518</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_no_188_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a reforma da UBS do Araçá.</t>
+  </si>
+  <si>
+    <t>1519</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_no_189_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito redutores de velocidade com sinalização na comunidade Calumbi, sendo uma estrada vicinal que liga o povoado Boa Vista e Caatinga.</t>
+  </si>
+  <si>
+    <t>1520</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>Que seja feita a recuperação das estradas vicinais do nosso município, principalmente no trecho da estrada do Retiro de Cima a começar da margem esquerda da PI-411, sentido Corrente / Riacho Frio, passando pelo cemitério local, casas dos moradores conhecidos como Sr. Luizinho Dª Neyde, os Moacir, chegando até o antigo colégio onde atualmente funciona a UBS, daquela comunidade.</t>
+  </si>
+  <si>
+    <t>1521</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_no_191_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a continuação do calçamento da Rua da Liberdade, atrás do hotel Sayonara, no setor rodoviário.</t>
+  </si>
+  <si>
+    <t>1522</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1522/indicacao_no_192_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a continuação do calçamento da Rua Projetada 70, iniciando em frente à residência do sr. Geovane Batista do Nascimento indo até as imediações do fundo da casa do professor Hutembergues Barreira.</t>
+  </si>
+  <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_no_194_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a recuperação das estradas da localidades Barreira Branca, Barro Alto, Barra do Brejo e Boa Sorte.</t>
+  </si>
+  <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_no_195_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito com caráter de urgência, a instalação de redutores de velocidade (lombadas) na localidade Pedra Furada, especificamente em frente à Escola Municipal José Damião.</t>
+  </si>
+  <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_no_196_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a instalação de dois redutores de velocidade na localidade Pedra Furada, em frente à casa do Sr. Justino, visando aumentar a segurança dos moradores e evitar acidentes na localidade. A presença dos redutores contribuirá para a redução da velocidade dos veículos que trafegam pela via, protegendo principalmente os moradores e crianças que circulam na região.</t>
+  </si>
+  <si>
+    <t>1511</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_no_197_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita limpeza da praça localizada na Fazenda de Cima, tendo em vista a aproximação dos festejos da localidade. A manutenção e limpeza adequada do espaço público são essenciais para garantir um ambiente seguro, agradável e acolhedor para a comunidade e visitantes durante as comemorações. Solicito que essa ação seja realizada com a maior brevidade possível para que todos possam usufruir do espaço em boas condições.</t>
+  </si>
+  <si>
     <t>1443</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_no_198_eduardo_lobato.pdf</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_no_199_eduardo_lobato.pdf</t>
   </si>
   <si>
     <t>Que seja feita a recuperação da estrada da Limeira.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>200</t>
@@ -1428,50 +2143,407 @@
   <si>
     <t>Que seja feito a conclusão do calçamento da Rua da Paz, atrás do cartório.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_no_228-_maria_luiza.pdf</t>
   </si>
   <si>
     <t>Que seja recuperada a pavimentação da Rua Nicolau Tolentino, no bairro Morro do Pequi.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>Que seja recuperada a estrada das regiões do Paraim de Baixo e Paraim de Cima.</t>
   </si>
   <si>
+    <t>1473</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacoes_no_230_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja implementado o atendimento do Programa Saúde Digital, com espaço e profissional destinado a esse serviço, nas UBS do município.</t>
+  </si>
+  <si>
+    <t>1474</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacoes_no_231_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a reforma do estádio Jesy Lemos Paraguassu.</t>
+  </si>
+  <si>
+    <t>1475</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacoes_no_233_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito o patrolamento e cascalhamento do trecho da estrada na localidade do Retiro de Cima, na entrada do Riacho Frio, passando próximo da residência do sr. Osmar Modesto até a residência do sr. Carisvaldo</t>
+  </si>
+  <si>
+    <t>1476</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>Que seja trocada a lâmpada da Rua José Rocha Bairro Nova Corrente-PI.</t>
+  </si>
+  <si>
+    <t>1480</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacoes_no_235_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação para que tome a empresa tome as providências cabíveis em relação ao fornecimento de energia elétrica com urgência no Bairro Vila Nova.</t>
+  </si>
+  <si>
+    <t>1477</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacoes_no_236_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito um redutor de velocidade na Rua Getúlio Vargas, em frente a casa de Marilene.</t>
+  </si>
+  <si>
+    <t>1478</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacoes_no_237_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita recuperação urgente da estrada da região das Pedras, em ambos os lados, estendendo-se até a residência do Senhor Amando.</t>
+  </si>
+  <si>
+    <t>1549</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_no_238_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que estude uma forma eficaz de normalizar a coleta do lixo na Rua da Paz, atrás do cartório.</t>
+  </si>
+  <si>
+    <t>1550</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_no_239_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a restauração do calçamento da Rua Professor Antônio Fernandes no bairro Morro do Pequi.</t>
+  </si>
+  <si>
+    <t>1548</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_240_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito necessidade urgente da perfuração de um poço artesiano na localidade Paraim de Cima. que abriga 18 famílias, incluindo o Sr. Neuton e os familiares do Sr. Pio. A comunidade enfrenta dificuldades com o abastecimento de água, o que impacta diretamente a qualidade de vida dos moradores. A perfuração de um poço artesiano proporcionará um acesso seguro e contínuo à água potável, contribuindo para a saúde e o bem-estar de todos.</t>
+  </si>
+  <si>
+    <t>1561</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1561/indicacao_no_241_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado a conclusão do calçamento no Bairro Isabela.</t>
+  </si>
+  <si>
+    <t>1562</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_no_242_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja organizado o retorno da Rtua Adolf Jonh Terry, em frente à Panificadora Conquista.</t>
+  </si>
+  <si>
+    <t>1563</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_243_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja instalado energia elétrica na localidade Barreiro Branco.</t>
+  </si>
+  <si>
+    <t>1564</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_244_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a correção dos redutores de velocidade e sinalizar os mesmos na Rua Petrônio Portela (Bairro Morro do Pequi).</t>
+  </si>
+  <si>
+    <t>1565</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_no_245_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito redutor de velocidade na Rua Ipiranga, em frente a Igreja Congregação Cristã no Brasil (Bairro Sincerino).</t>
+  </si>
+  <si>
+    <t>1566</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_no_246_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado a limpeza e roçagem da Praça do Sincerino.</t>
+  </si>
+  <si>
+    <t>1567</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>Que seria feito reparos na Rua Ipiranga (buraco) em frente a residência da sra. Luzy.</t>
+  </si>
+  <si>
+    <t>1568</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>Que seja concluído o calçamento da rua Raimunda Maria Nogueira Rocha (Bairro Aeroporto).</t>
+  </si>
+  <si>
+    <t>1569</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_no_249_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito o patrolamento e cascalhamento da Rua Quintino Bocaiúva, bairro Sincerino.</t>
+  </si>
+  <si>
+    <t>1570</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>Cristovam Neto, Eduardo Lobato</t>
+  </si>
+  <si>
+    <t>Que seja a pavimentação da Rua da Liberdade essa Rua que liga a Rua da EMATER.</t>
+  </si>
+  <si>
+    <t>1572</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_251_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a limpeza do final da Rua Manoel Nogueira, bairro Morro do Pequi. A rua está cheia de entulhos, servindo como depósito de lixo e até abatimento de animais.</t>
+  </si>
+  <si>
+    <t>1573</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_no_252_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a recuperação em caráter de urgência da estrada do Retiro, pois está intrafegável.</t>
+  </si>
+  <si>
+    <t>1574</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_no_253_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que recuperada a estrada vicinal que dá acesso a localidade Pindaíba.</t>
+  </si>
+  <si>
+    <t>1575</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_254_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja recuperada a estrada vicinal que dá acesso a localidade Araça (BR 135km até a localidade Araça );</t>
+  </si>
+  <si>
+    <t>1576</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_255_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja equipado e canalizado o poço que já está perfurado na localidade Paraim de cima ( residência do Sr. Toni).</t>
+  </si>
+  <si>
+    <t>1577</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>Gustavo Lemos, Eduardo Lobato, Maria Luiza, Naira Nogueira</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_256_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja recuperado o sistema da fossa séptica (ventilação que serve para liberar os gases da fossa) da Escola Euza Mascarenhas.</t>
+  </si>
+  <si>
+    <t>1578</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>Robério Cabeleireiro</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_257_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja Recuperada a estrada vicinal que dá acesso a localidade Vereda da Porta.</t>
+  </si>
+  <si>
+    <t>1579</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>Gustavo Lemos, Eduardo Lobato, Maria Luiza, Naira Nogueira, Rosivânia Ribeiro</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_no_258_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja recuperado o Muro da UBS Evandro Reis (Bairro Aeroporto).</t>
+  </si>
+  <si>
+    <t>1580</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_no_259_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito seja encaminhado a Secretario Municipal de Infraestrutura a recuperação da ponte sobre o Riacho do Angico, localizada no trecho que liga a comunidade Bela Vista à comunidade Caxingó.</t>
+  </si>
+  <si>
+    <t>1581</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>INDICA ao Exmo. Sr. Prefeito Municipal, em conjunto com Senhor Secretário de Serviços Urbanos, após ouvido o plenário, que seja feito reparos dos buracos na Rua Plutônio Nogueira de Carvalho nas proximidades do Posto Rocha.</t>
+  </si>
+  <si>
     <t>1324</t>
   </si>
   <si>
     <t>OFLEG</t>
   </si>
   <si>
     <t>Oficio Legislativo</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1324/oficio_no_1_de_2025-dionizio_nogueira.pdf</t>
   </si>
   <si>
     <t>Solicitação de uma caixa d' água 10 mil litros, e instalação de rede elétrica.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1325/oficio_no_2_de_2025-dionizio_nogueira.pdf</t>
   </si>
   <si>
     <t>Solicitação de uma passagem molhada no Araça do Meio.</t>
   </si>
   <si>
     <t>1326</t>
@@ -1488,50 +2560,68 @@
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1327/oficio_no_4_de_2025-dionizio_nogueira.pdf</t>
   </si>
   <si>
     <t>Solicitação de recuperação asfáltica na saída do Riacho Frio.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1328/oficio_no_6_de_2025-dionizio_nogueira.pdf</t>
   </si>
   <si>
     <t>Solicitação do médico do PSF, para atendimento na UBS do Riacho Grande.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1359/oficio_no_9_de_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de reunião com açougueiros, membros do legislativo e secretário da SEMDER</t>
   </si>
   <si>
+    <t>1507</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1507/requerimento_no_25_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado o REQUERIMENTO ao SECRETÁRIO DE SAÚDE Sr. Thiago Cardozo, para colocar profissionais de Saúde da Secretaria Municipal de Saúde para Ievar ações no mês de setembro, no período do festejo da localidade Fazenda de Cima. Exemplos de ações que podem ser realizadas.</t>
+  </si>
+  <si>
+    <t>1540</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1540/oficio_no_40_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de Liberação de Emendas Parlamentares Impositivas</t>
+  </si>
+  <si>
     <t>1438</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1438/oficio_no_179_balancete_cmc.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de balancete mensal referente ao mês de julho de 2025.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1432/oficio_no_180_cristovam_neto.pdf</t>
   </si>
   <si>
     <t>Solicitação de um trator para a Associação Comunitária dos Produtores Rurais da localidade Ipoeira (ASCOPRI).</t>
   </si>
   <si>
     <t>1433</t>
@@ -1545,108 +2635,240 @@
   <si>
     <t>Solicitação de emenda parlamentar para execução de políticas públicas na área de desenvolvimento rural para a construção de um curral comunitário na localidade Barro Vermelho, na região da Santa Marta.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1434/oficio_no_182_cristovam_neto.pdf</t>
   </si>
   <si>
     <t>Solicitação de destinação de emenda parlamentar para a construção de um curral comunitário na localidade Jatobá na região do Riacho Grande.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Solicitar apoio dessa superintendência em parceria com o SENAR, para realização de palestras voltadas à Agricultura familiar, a serem ministradas na comunidade Fazenda de Cima, no mês de setembro entre os dias 21 e 24, neste município.</t>
   </si>
   <si>
+    <t>1502</t>
+  </si>
+  <si>
+    <t>Cristovam Neto, Maria Luiza, Naira Nogueira, Rosivânia Ribeiro</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1502/oficio_no_199_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar 10 (dez) tendas medindo 4X4, 100 cadeiras de plástico, som, climatizadores, para a coordenação do PROJETO VIDA, da OSC/ONG, que estará em nosso município no dia 18 de outubro, do corrente ano, com serviços nas áreas Assistência Social, Esporte, Educação, Teatro, Música, Inclusão Digital, Cursos profissionalizantes, que visam educação inclusiva, social e cidadania.</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1503/oficio_no_200_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitar os profissionais relacionados para a ação do PROJETO VIDA, da OSC/ONG, que estará em nosso município no dia l8 de outubro, do corrente ano, com serviços nas áreas Assistência Social, Esporte, Educação. Teatro, Música, Inclusão Digital, Cursos profissionalizantes, que visam educação inclusiva, social e cidadania.</t>
+  </si>
+  <si>
+    <t>1504</t>
+  </si>
+  <si>
+    <t>Solicitar refeições para 20 pessoas (almoço) para os dias de 15 a 19 de outubro de 2025, para a coordenação do PROJETO VIDA, da OSC/ONG, que estará em nosso município. Para o dia 18, solicitamos, todos os serviços da Gerência de Acessibilidade., do corrente ano, com serviços nas áreas Assistência Social, Esporte, Educação, Teatro, Música, Inclusão Digital, Cursos profissionalizantes, que visam educação inclusiva, social e cidadania.</t>
+  </si>
+  <si>
+    <t>1472</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1472/oficio_no_203_agosto_2025.pdf</t>
+  </si>
+  <si>
+    <t>Balancete mensal referente ao mês de agosto 2025.</t>
+  </si>
+  <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>PLOLM</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Legislativo Municipal</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1499/projeto_de_lei_01_2025.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a denominação de via pública e dá outras providências”.</t>
+  </si>
+  <si>
     <t>1396</t>
   </si>
   <si>
-    <t>PLOLM</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1396/projeto_de_lei_no_02_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da SEMANA DE INCLUSÃO ITINERANTE, no município de Corrente e dá outras providências.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_no_03_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o acesso gratuito e prioritário ao lazer, às pessoas com Transtorno do Espectro Autista (TEA) , no município de Corrente-PI, em parques de diversão, circos, pontos turísticos, estabelecimentos culturais e eventos esportivos, clubes e do direito ao pagamento de meia entrada de 1 (um) acompanhante e dá outras providências.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1411/projeto_de_lei_no_005_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui o "programa Horta Escolar: cultivando o conhecimento e a saúde" nas escolas da rede municipal de ensino e cria o selo 'Escola Amiga do Meio Ambiente e da saúde" e dá outras providências.</t>
   </si>
   <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1500/projeto_no_6_2025.pdf</t>
+  </si>
+  <si>
     <t>1395</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_no_07_de_2025.pdf</t>
   </si>
   <si>
     <t>Institui a semana de orientação profissional nas escolas públicas do município e dá outras providências.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1406/projeto_de_lei_no_008_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da semana "Guarda- chuvas lilás" que visa instituir a semana municipal de combate a violência contra a Mulher no município de Corrente-Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_no_12_de_2025-_cristovam_neto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de Utilidade Pública da Associação Comunitária dos Pequenos Produtores Rurais da Comunidade Impoeira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1479</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_lei_ordinario_no_13_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigação dos grandes geradores de destinarem recicláveis para associações e cooperativas de catadores e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1505</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_no_13_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>1481</t>
+  </si>
+  <si>
+    <t>OFEM</t>
+  </si>
+  <si>
+    <t>Ofício Executivo Municipal</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1481/oficio_no_38_de_2025_balanco_geral.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhamento de balanço geral de 2024.</t>
+  </si>
+  <si>
+    <t>1535</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1535/oficio_no_60_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhamento de prestações de contas do mês de março de 2025.</t>
+  </si>
+  <si>
+    <t>1515</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1515/oficio_no_81__de_2025_ministerio_das_cidade.pdf</t>
+  </si>
+  <si>
+    <t>Informe de celebração de contrato de repasse.</t>
+  </si>
+  <si>
+    <t>1470</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1470/oficio_no_101_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Informe de celebração de contrato nº 972001/2024- Construção de Infraestrutura do Parque da cidade no município de Corrente-PI.</t>
+  </si>
+  <si>
+    <t>1506</t>
+  </si>
+  <si>
+    <t>Solicitação de alteração de numeração de projeto de lei.</t>
+  </si>
+  <si>
+    <t>1471</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1471/oficio_no_105_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhamento de prestações de contas referente ao mês de Julho 2025.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>OFGAB</t>
   </si>
   <si>
     <t>Ofício gabinete legislativo</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1329/oficio_no_01_de_2025-_adelia_corado.pdf</t>
   </si>
   <si>
     <t>Solicitação para recuperação da estrada da Pedra Furada</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1442/oficio_no_02_2025_adelia_corado.pdf</t>
   </si>
   <si>
     <t>Solicitar manutenção de poço da localidade Barreira branca.</t>
   </si>
@@ -1687,108 +2909,158 @@
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1458/oficio_no_07_adelia_corado.pdf</t>
   </si>
   <si>
     <t>Solicitar instalação de um consultório odontológico na Unidade Básica de saúde da Fazenda de Cima.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1459/oficio_no_08_adelia_corado.pdf</t>
   </si>
   <si>
     <t>Solicitar a instalação de um consultório odontológico na Unidade Básica de Saúde do Caxingó.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1437/oficio_no_93_balancete_pmc.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de prestações de contas do mês de julho 2025.</t>
   </si>
   <si>
+    <t>1514</t>
+  </si>
+  <si>
+    <t>OFCP</t>
+  </si>
+  <si>
+    <t>Ofício Corrente Prev</t>
+  </si>
+  <si>
+    <t>Mara Rodrigues de S Nogueira</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1514/oficio_no_38_de_2025_corrente_prev.pdf</t>
+  </si>
+  <si>
+    <t>Balancete mensal referente ao mês de MAIO/2025</t>
+  </si>
+  <si>
     <t>1436</t>
   </si>
   <si>
-    <t>OFCP</t>
-[...7 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1436/oficio_no_046_de_2025_correnteprev.pdf</t>
   </si>
   <si>
     <t>Apreciação balancete mensal referente ao mês de julho de 2025.</t>
   </si>
   <si>
+    <t>1469</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1469/oficio_no_52_de_2025_corrente_prev.pdf</t>
+  </si>
+  <si>
+    <t>Balancete deste fundo previdenciário referente ao mês de Agosto.</t>
+  </si>
+  <si>
+    <t>1554</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1554/oficio_no_56_corrente_prev.pdf</t>
+  </si>
+  <si>
+    <t>Balancete deste fundo previdenciário referente ao mês de Setembro.</t>
+  </si>
+  <si>
     <t>1413</t>
   </si>
   <si>
-    <t>190</t>
-[...1 lines deleted...]
-  <si>
     <t>OFI</t>
   </si>
   <si>
     <t>Ofícios de indicações</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1413/oficio_no_190_com_indicacao_no_216.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de indicação nº 216</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>191</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1414/oficio_no_191__indicacoes_no_217_e_218_adelia_corado.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de indicações nº 217 e 218.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>192</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1415/oficio_no_192_com_indicacoes_no_219_a_222-_salmeron_filho.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de indicações nº 219 a 222.</t>
+  </si>
+  <si>
+    <t>1501</t>
+  </si>
+  <si>
+    <t>RGL</t>
+  </si>
+  <si>
+    <t>Requerimento gabinete legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1501/requerimento_no_19_2025.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja instalado, através da Secretaria de Tecnologia e Inovação, de um ponto de internet para uso da população no Hospital Estadual Dr. João Pacheco Cavalcante.</t>
+  </si>
+  <si>
+    <t>1552</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1552/requerimento_no_37__de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado o REQUERIMENTO ao SECRETÁRIO DE SAÚDE DA PIAUÍ- SESAPI o llm° Sr. ANTONIO LUIZ SOARES, para buscar informações sobre:_x000D_
+•	Prazo para inicio das atividades do Centro de Diagnóstico de Imagens (realização de exames), no Hospital. Dr. João Pacheco Cavalcante-Corrente-PI;_x000D_
+•	Prazo para inauguração e atividade da UTI(Unidade de Terapia Intensiva) no Hospital. Dr. João Pacheco Cavalcante- Corrente- PI.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2092,56 +3364,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1460/decretos_legislativo_no_28_julgamento_de_contas_pmc_2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1356/projeto_de_lei_no_001_de_2025-_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1410/projeto_de_lei_no_006_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_no_09_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_resolucao_no_01_de_2025_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1357/requerimento_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1392/requerimento_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_no_8_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1427/requerimento_no_11_aegea.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1401/requerimento_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1449/requerimento_no_27_cristovam_e_roberio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1450/requerimento_no_28_roberio_e_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_no_33_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1430/requerimento_no_35_de_2025_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_no_36_2025_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1447/requerimento_no_25_adelia_e_rosivania.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1332/indicacao_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_no_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_08_de_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_09_de_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_no_11_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_no_12_de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_no_14_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_15_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_16_de_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_17_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_18_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_20_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_no_21_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_no_22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_no_23_de_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_no_24_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_26_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_no_27_de_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_no_28_de_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_no_29_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_no_30_de_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_no_31_de_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_no_32_de_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_no_36_de_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_no_37_de_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_39_de_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_40_de_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_no_41_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_43_de_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_44_de_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_45_de_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_46_de_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_47_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_48_de_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_50_de_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_no_89_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_no_90_de_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_no_91_de_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_no_92_de_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_no_93_de_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_no_94_de_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_no_95_de_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_96_de_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_132_de_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_141_de_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_no_144_de_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_no_150.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_153_de_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_no_154_de_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_no_198_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_no_199_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_no_200_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_no_201_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_no_204_de_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_205_de_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_no_207_de_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_no_208_de_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_no_209_de_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_no_210_de_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_no_211_de_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_no_212_naira_nogueira.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_no_213-_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_214__rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_no_215_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_no_216_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_no_217_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_no_218_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_219-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_220-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_221-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_222-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_223-_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_no_224-_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_no_225-_gustavo_lemos.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_no_226-_gustavo_lemos.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_no_227-_maria_luiza.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_no_228-_maria_luiza.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1324/oficio_no_1_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1325/oficio_no_2_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1326/oficio_no_3_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1327/oficio_no_4_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1328/oficio_no_6_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1359/oficio_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1438/oficio_no_179_balancete_cmc.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1432/oficio_no_180_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1433/oficio_no_181_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1434/oficio_no_182_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1396/projeto_de_lei_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1411/projeto_de_lei_no_005_de_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1406/projeto_de_lei_no_008_de_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_no_12_de_2025-_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1329/oficio_no_01_de_2025-_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1442/oficio_no_02_2025_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1330/oficio_no_03_de_2025-_gab._paulo_henrique.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1441/oficio_no_05_2025_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1435/oficio_no_6_de_2025_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1458/oficio_no_07_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1459/oficio_no_08_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1437/oficio_no_93_balancete_pmc.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1436/oficio_no_046_de_2025_correnteprev.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1413/oficio_no_190_com_indicacao_no_216.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1414/oficio_no_191__indicacoes_no_217_e_218_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1415/oficio_no_192_com_indicacoes_no_219_a_222-_salmeron_filho.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1460/decretos_legislativo_no_28_julgamento_de_contas_pmc_2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1356/projeto_de_lei_no_001_de_2025-_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1410/projeto_de_lei_no_006_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_no_09_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1557/projeto_de_lei_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_resolucao_no_01_de_2025_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_de_resolucao_01_procuradoria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1357/requerimento_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1392/requerimento_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_no_8_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1427/requerimento_no_11_aegea.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1401/requerimento_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1523/requerimento_no_20_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1524/requerimento_no_21_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1547/requerimento_no_22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_no_23_de2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_no_24_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1449/requerimento_no_27_cristovam_e_roberio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1450/requerimento_no_28_roberio_e_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_no_33_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1430/requerimento_no_35_de_2025_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_no_36_2025_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1447/requerimento_no_25_adelia_e_rosivania.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1571/requerimento_no_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1553/requerimento_no_39__de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1551/requerimento_no_40_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1560/requerimento_no_43_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1583/requerimento_no_44_de_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_no_45_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1516/oficio_no_85__ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1559/requerimento_no_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1332/indicacao_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_no_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_08_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_09_de_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_no_11_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_no_12_de_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_no_14_de_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_15_de_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_16_de_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_17_de_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_18_de_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_20_de_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_no_21_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_no_22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_no_23_de_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_no_24_de_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_no_25_de_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_26_de_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_no_27_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_no_28_de_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_no_29_de_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_no_30_de_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_no_31_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_no_32_de_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_no_34_de_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_no_35_de_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_no_36_de_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_no_37_de_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_39_de_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_40_de_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_no_41_de_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_43_de_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_44_de_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_45_de_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_46_de_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_47_de_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_48_de_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_50_de_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_no_51_de_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1546/oficio_74_entrega_de_balancete_pmc_abril.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_no_89_de_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_no_90_de_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_no_91_de_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_no_92_de_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_no_93_de_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_no_94_de_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_no_95_de_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_96_de_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_no_98_de_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_no_99_de_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_no_100_de_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_no_101_de_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_no_102_de_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_no_103_de_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_no_104_de_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_no_105_de_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_no_106_de_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_no_107_de_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_no_108_de_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_no_110_de_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_no_111_de_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_no_112_de_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_132_de_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_no_138_de_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_no_139_de_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_141_de_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_no_144_de_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_no_146_de_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_no_150.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_153_de_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_no_154_de_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_no_155_de_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_156_de_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_157_de_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_no_158_de_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_no_159_de_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_no_160_de_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_no_161_de_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_162_de_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_no_168_de_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_no_169_de_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_no_170_de_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_no_172_de_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_no_188_de_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_no_189_de_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_no_191_de_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1522/indicacao_no_192_de_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_no_194_de_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_no_195_de_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_no_196_de_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_no_197_de_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_no_198_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_no_199_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_no_200_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_no_201_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_no_204_de_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_205_de_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_no_207_de_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_no_208_de_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_no_209_de_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_no_210_de_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_no_211_de_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_no_212_naira_nogueira.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_no_213-_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_214__rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_no_215_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_no_216_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_no_217_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_no_218_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_219-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_220-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_221-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_222-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_223-_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_no_224-_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_no_225-_gustavo_lemos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_no_226-_gustavo_lemos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_no_227-_maria_luiza.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_no_228-_maria_luiza.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacoes_no_230_de_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacoes_no_231_de_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacoes_no_233_de_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacoes_no_235_de_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacoes_no_236_de_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacoes_no_237_de_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_no_238_de_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_no_239_de_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_240_de_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1561/indicacao_no_241_de_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_no_242_de_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_243_de_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_244_de_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_no_245_de_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_no_246_de_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_no_249_de_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_251_de_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_no_252_de_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_no_253_de_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_254_de_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_255_de_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_256_de_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_257_de_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_no_258_de_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_no_259_de_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1324/oficio_no_1_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1325/oficio_no_2_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1326/oficio_no_3_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1327/oficio_no_4_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1328/oficio_no_6_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1359/oficio_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1507/requerimento_no_25_de_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1540/oficio_no_40_de_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1438/oficio_no_179_balancete_cmc.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1432/oficio_no_180_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1433/oficio_no_181_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1434/oficio_no_182_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1502/oficio_no_199_de_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1503/oficio_no_200_de_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1472/oficio_no_203_agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1499/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1396/projeto_de_lei_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1411/projeto_de_lei_no_005_de_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1500/projeto_no_6_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1406/projeto_de_lei_no_008_de_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_no_12_de_2025-_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_lei_ordinario_no_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_no_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1481/oficio_no_38_de_2025_balanco_geral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1535/oficio_no_60_de_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1515/oficio_no_81__de_2025_ministerio_das_cidade.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1470/oficio_no_101_de_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1471/oficio_no_105_de_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1329/oficio_no_01_de_2025-_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1442/oficio_no_02_2025_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1330/oficio_no_03_de_2025-_gab._paulo_henrique.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1441/oficio_no_05_2025_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1435/oficio_no_6_de_2025_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1458/oficio_no_07_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1459/oficio_no_08_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1437/oficio_no_93_balancete_pmc.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1514/oficio_no_38_de_2025_corrente_prev.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1436/oficio_no_046_de_2025_correnteprev.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1469/oficio_no_52_de_2025_corrente_prev.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1554/oficio_no_56_corrente_prev.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1413/oficio_no_190_com_indicacao_no_216.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1414/oficio_no_191__indicacoes_no_217_e_218_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1415/oficio_no_192_com_indicacoes_no_219_a_222-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1501/requerimento_no_19_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1552/requerimento_no_37__de_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H146"/>
+  <dimension ref="A1:H261"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="157.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -2247,3703 +3519,6687 @@
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
+        <v>18</v>
+      </c>
+      <c r="F6" t="s">
+        <v>19</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="F6" t="s">
+      <c r="H6" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B7" t="s">
-[...5 lines deleted...]
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>43</v>
-      </c>
-[...13 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
+        <v>41</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H9" t="s">
         <v>47</v>
-      </c>
-[...19 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" t="s">
+        <v>49</v>
+      </c>
+      <c r="E10" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="H10" t="s">
         <v>53</v>
-      </c>
-[...13 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>45</v>
+      </c>
+      <c r="D11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H11" t="s">
         <v>57</v>
-      </c>
-[...19 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" t="s">
+        <v>60</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B12" t="s">
-[...14 lines deleted...]
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>63</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>64</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="F13" t="s">
         <v>65</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>66</v>
       </c>
       <c r="H13" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>68</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>69</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="F14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>27</v>
+      </c>
+      <c r="D15" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" t="s">
+        <v>60</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>73</v>
       </c>
-      <c r="B15" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H15" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>75</v>
+      </c>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
+        <v>76</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="H16" t="s">
         <v>78</v>
-      </c>
-[...19 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="F17" t="s">
         <v>80</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" t="s">
+        <v>85</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="H18" t="s">
         <v>87</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" t="s">
+        <v>49</v>
+      </c>
+      <c r="E19" t="s">
+        <v>50</v>
+      </c>
+      <c r="F19" t="s">
+        <v>60</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19" t="s">
         <v>91</v>
-      </c>
-[...19 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" t="s">
+        <v>65</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="H20" t="s">
         <v>95</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>96</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>97</v>
+      </c>
+      <c r="D21" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" t="s">
+        <v>50</v>
+      </c>
+      <c r="F21" t="s">
         <v>98</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="G21" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="D21" t="s">
-[...5 lines deleted...]
-      <c r="F21" t="s">
+      <c r="H21" t="s">
         <v>100</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>101</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>102</v>
+      </c>
+      <c r="D22" t="s">
+        <v>49</v>
+      </c>
+      <c r="E22" t="s">
+        <v>50</v>
+      </c>
+      <c r="F22" t="s">
+        <v>98</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="H22" t="s">
         <v>104</v>
-      </c>
-[...13 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>105</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" t="s">
+        <v>50</v>
+      </c>
+      <c r="F23" t="s">
         <v>107</v>
       </c>
-      <c r="B23" t="s">
-[...5 lines deleted...]
-      <c r="D23" t="s">
+      <c r="G23" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H23" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>109</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" t="s">
+        <v>49</v>
+      </c>
+      <c r="E24" t="s">
+        <v>50</v>
+      </c>
+      <c r="F24" t="s">
+        <v>111</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H24" t="s">
         <v>113</v>
-      </c>
-[...19 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>114</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
+        <v>49</v>
+      </c>
+      <c r="E25" t="s">
+        <v>50</v>
+      </c>
+      <c r="F25" t="s">
+        <v>111</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H25" t="s">
         <v>116</v>
-      </c>
-[...19 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>117</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" t="s">
+        <v>49</v>
+      </c>
+      <c r="E26" t="s">
+        <v>50</v>
+      </c>
+      <c r="F26" t="s">
+        <v>85</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H26" t="s">
         <v>120</v>
-      </c>
-[...19 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D27" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="E27" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="F27" t="s">
-        <v>122</v>
+        <v>80</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>127</v>
+        <v>32</v>
       </c>
       <c r="H27" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>23</v>
+        <v>125</v>
       </c>
       <c r="D28" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="E28" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="F28" t="s">
-        <v>130</v>
+        <v>85</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="H28" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>53</v>
+        <v>129</v>
       </c>
       <c r="D29" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="E29" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="F29" t="s">
         <v>130</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="H29" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>133</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>134</v>
+      </c>
+      <c r="D30" t="s">
+        <v>49</v>
+      </c>
+      <c r="E30" t="s">
+        <v>50</v>
+      </c>
+      <c r="F30" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H30" t="s">
         <v>136</v>
-      </c>
-[...19 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>137</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>138</v>
+      </c>
+      <c r="D31" t="s">
+        <v>49</v>
+      </c>
+      <c r="E31" t="s">
+        <v>50</v>
+      </c>
+      <c r="F31" t="s">
+        <v>139</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="B31" t="s">
-[...14 lines deleted...]
-      <c r="G31" s="1" t="s">
+      <c r="H31" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>142</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>143</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>49</v>
+      </c>
+      <c r="E32" t="s">
+        <v>50</v>
+      </c>
+      <c r="F32" t="s">
+        <v>85</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="G32" s="1" t="s">
+      <c r="H32" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>146</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>147</v>
       </c>
-      <c r="B33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="E33" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="F33" t="s">
         <v>148</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H33" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>151</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
         <v>152</v>
       </c>
       <c r="D34" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="E34" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="F34" t="s">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="G34" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H34" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>154</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>155</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>49</v>
+      </c>
+      <c r="E35" t="s">
+        <v>50</v>
+      </c>
+      <c r="F35" t="s">
+        <v>130</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>156</v>
-      </c>
-[...10 lines deleted...]
-        <v>76</v>
       </c>
       <c r="H35" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>158</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
         <v>159</v>
       </c>
       <c r="D36" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="E36" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="F36" t="s">
-        <v>49</v>
+        <v>80</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>160</v>
       </c>
       <c r="H36" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>162</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
         <v>163</v>
       </c>
       <c r="D37" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="E37" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="F37" t="s">
-        <v>49</v>
+        <v>148</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>164</v>
       </c>
       <c r="H37" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>166</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>167</v>
       </c>
       <c r="D38" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="E38" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="F38" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>168</v>
       </c>
       <c r="H38" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>170</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
         <v>171</v>
       </c>
       <c r="D39" t="s">
-        <v>108</v>
+        <v>49</v>
       </c>
       <c r="E39" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="F39" t="s">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>172</v>
       </c>
       <c r="H39" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>174</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>175</v>
+        <v>16</v>
       </c>
       <c r="D40" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E40" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F40" t="s">
-        <v>49</v>
+        <v>177</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="H40" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="D41" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E41" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F41" t="s">
-        <v>49</v>
+        <v>85</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="H41" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>182</v>
+        <v>59</v>
       </c>
       <c r="D42" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E42" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F42" t="s">
-        <v>70</v>
+        <v>184</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="H42" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D43" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E43" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F43" t="s">
-        <v>70</v>
+        <v>189</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="H43" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>192</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>193</v>
+      </c>
+      <c r="D44" t="s">
+        <v>175</v>
+      </c>
+      <c r="E44" t="s">
+        <v>176</v>
+      </c>
+      <c r="F44" t="s">
         <v>189</v>
       </c>
-      <c r="B44" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G44" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="H44" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>194</v>
+        <v>23</v>
       </c>
       <c r="D45" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E45" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F45" t="s">
-        <v>80</v>
+        <v>148</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="H45" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>198</v>
+        <v>64</v>
       </c>
       <c r="D46" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E46" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F46" t="s">
-        <v>54</v>
+        <v>148</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H46" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="D47" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E47" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F47" t="s">
-        <v>130</v>
+        <v>203</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H47" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="D48" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E48" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F48" t="s">
-        <v>130</v>
+        <v>55</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H48" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>10</v>
+        <v>210</v>
       </c>
       <c r="D49" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E49" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F49" t="s">
-        <v>130</v>
+        <v>55</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="H49" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>211</v>
+        <v>75</v>
       </c>
       <c r="D50" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E50" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F50" t="s">
-        <v>130</v>
+        <v>214</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H50" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D51" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E51" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F51" t="s">
-        <v>130</v>
+        <v>60</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="H51" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D52" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E52" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F52" t="s">
-        <v>130</v>
+        <v>60</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>220</v>
+        <v>32</v>
       </c>
       <c r="H52" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D53" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E53" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F53" t="s">
-        <v>130</v>
+        <v>60</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H53" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>87</v>
+        <v>229</v>
       </c>
       <c r="D54" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E54" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F54" t="s">
-        <v>130</v>
+        <v>60</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>76</v>
+        <v>230</v>
       </c>
       <c r="H54" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>99</v>
+        <v>233</v>
       </c>
       <c r="D55" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E55" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F55" t="s">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H55" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>104</v>
+        <v>237</v>
       </c>
       <c r="D56" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E56" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F56" t="s">
-        <v>232</v>
+        <v>60</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H56" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>236</v>
+        <v>31</v>
       </c>
       <c r="D57" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E57" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F57" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="H57" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>240</v>
+        <v>35</v>
       </c>
       <c r="D58" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E58" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F58" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="H58" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>244</v>
+        <v>84</v>
       </c>
       <c r="D59" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E59" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F59" t="s">
-        <v>232</v>
+        <v>80</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="H59" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>248</v>
+        <v>89</v>
       </c>
       <c r="D60" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E60" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F60" t="s">
-        <v>49</v>
+        <v>80</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H60" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>252</v>
+        <v>93</v>
       </c>
       <c r="D61" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E61" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F61" t="s">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>253</v>
       </c>
       <c r="H61" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>255</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
+        <v>97</v>
+      </c>
+      <c r="D62" t="s">
+        <v>175</v>
+      </c>
+      <c r="E62" t="s">
+        <v>176</v>
+      </c>
+      <c r="F62" t="s">
+        <v>111</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>256</v>
       </c>
-      <c r="D62" t="s">
-[...8 lines deleted...]
-      <c r="G62" s="1" t="s">
+      <c r="H62" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>258</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>102</v>
+      </c>
+      <c r="D63" t="s">
+        <v>175</v>
+      </c>
+      <c r="E63" t="s">
+        <v>176</v>
+      </c>
+      <c r="F63" t="s">
+        <v>65</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="H63" t="s">
         <v>260</v>
-      </c>
-[...13 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>261</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>262</v>
+      </c>
+      <c r="D64" t="s">
+        <v>175</v>
+      </c>
+      <c r="E64" t="s">
+        <v>176</v>
+      </c>
+      <c r="F64" t="s">
+        <v>85</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>263</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="H64" t="s">
         <v>264</v>
-      </c>
-[...13 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>265</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>106</v>
+      </c>
+      <c r="D65" t="s">
+        <v>175</v>
+      </c>
+      <c r="E65" t="s">
+        <v>176</v>
+      </c>
+      <c r="F65" t="s">
+        <v>148</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H65" t="s">
         <v>267</v>
-      </c>
-[...19 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>272</v>
+        <v>110</v>
       </c>
       <c r="D66" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E66" t="s">
-        <v>109</v>
+        <v>176</v>
+      </c>
+      <c r="F66" t="s">
+        <v>148</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="H66" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>276</v>
+        <v>10</v>
       </c>
       <c r="D67" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E67" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F67" t="s">
-        <v>49</v>
+        <v>148</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="H67" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="D68" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E68" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F68" t="s">
-        <v>281</v>
+        <v>148</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>76</v>
+        <v>276</v>
       </c>
       <c r="H68" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>283</v>
+        <v>278</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="D69" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E69" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F69" t="s">
-        <v>100</v>
+        <v>148</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="H69" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="D70" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E70" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F70" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="H70" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D71" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E71" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F71" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="H71" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>296</v>
+        <v>118</v>
       </c>
       <c r="D72" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E72" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F72" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>297</v>
+        <v>32</v>
       </c>
       <c r="H72" t="s">
-        <v>298</v>
+        <v>291</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>300</v>
+        <v>122</v>
       </c>
       <c r="D73" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E73" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F73" t="s">
-        <v>130</v>
+        <v>85</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>301</v>
+        <v>293</v>
       </c>
       <c r="H73" t="s">
-        <v>302</v>
+        <v>294</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>304</v>
+        <v>125</v>
       </c>
       <c r="D74" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E74" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F74" t="s">
-        <v>130</v>
+        <v>85</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="H74" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>308</v>
+        <v>129</v>
       </c>
       <c r="D75" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E75" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F75" t="s">
         <v>130</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="H75" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>311</v>
+        <v>301</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>312</v>
+        <v>134</v>
       </c>
       <c r="D76" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E76" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F76" t="s">
-        <v>54</v>
+        <v>302</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
       <c r="H76" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>316</v>
+        <v>138</v>
       </c>
       <c r="D77" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E77" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F77" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>317</v>
+        <v>306</v>
       </c>
       <c r="H77" t="s">
-        <v>318</v>
+        <v>307</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>319</v>
+        <v>308</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>320</v>
+        <v>143</v>
       </c>
       <c r="D78" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E78" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F78" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="H78" t="s">
-        <v>322</v>
+        <v>310</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>323</v>
+        <v>311</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>324</v>
+        <v>147</v>
       </c>
       <c r="D79" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E79" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F79" t="s">
-        <v>44</v>
+        <v>302</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>325</v>
+        <v>312</v>
       </c>
       <c r="H79" t="s">
-        <v>326</v>
+        <v>313</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>327</v>
+        <v>314</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>328</v>
+        <v>152</v>
       </c>
       <c r="D80" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E80" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F80" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>76</v>
+        <v>315</v>
       </c>
       <c r="H80" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="D81" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E81" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F81" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>332</v>
+        <v>319</v>
       </c>
       <c r="H81" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>334</v>
+        <v>321</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>335</v>
+        <v>155</v>
       </c>
       <c r="D82" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E82" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F82" t="s">
-        <v>336</v>
+        <v>60</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>337</v>
+        <v>322</v>
       </c>
       <c r="H82" t="s">
-        <v>338</v>
+        <v>323</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>339</v>
+        <v>324</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>340</v>
+        <v>159</v>
       </c>
       <c r="D83" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E83" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F83" t="s">
-        <v>336</v>
+        <v>60</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>341</v>
+        <v>325</v>
       </c>
       <c r="H83" t="s">
-        <v>342</v>
+        <v>326</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>343</v>
+        <v>327</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>344</v>
+        <v>163</v>
       </c>
       <c r="D84" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E84" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F84" t="s">
-        <v>336</v>
+        <v>60</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>345</v>
+        <v>328</v>
       </c>
       <c r="H84" t="s">
-        <v>346</v>
+        <v>329</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>347</v>
+        <v>330</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>348</v>
+        <v>331</v>
       </c>
       <c r="D85" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E85" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F85" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>349</v>
+        <v>332</v>
       </c>
       <c r="H85" t="s">
-        <v>350</v>
+        <v>333</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>351</v>
+        <v>334</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>352</v>
+        <v>335</v>
       </c>
       <c r="D86" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E86" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>176</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>353</v>
+        <v>336</v>
       </c>
       <c r="H86" t="s">
-        <v>354</v>
+        <v>337</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>355</v>
+        <v>338</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>356</v>
+        <v>339</v>
       </c>
       <c r="D87" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E87" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F87" t="s">
-        <v>336</v>
+        <v>60</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>357</v>
+        <v>340</v>
       </c>
       <c r="H87" t="s">
-        <v>132</v>
+        <v>341</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>358</v>
+        <v>342</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>359</v>
+        <v>343</v>
       </c>
       <c r="D88" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E88" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F88" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>360</v>
+        <v>32</v>
       </c>
       <c r="H88" t="s">
-        <v>361</v>
+        <v>345</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>362</v>
+        <v>346</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>363</v>
+        <v>347</v>
       </c>
       <c r="D89" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E89" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F89" t="s">
-        <v>336</v>
+        <v>130</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
       <c r="H89" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>367</v>
+        <v>351</v>
       </c>
       <c r="D90" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E90" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F90" t="s">
-        <v>336</v>
+        <v>65</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>368</v>
+        <v>352</v>
       </c>
       <c r="H90" t="s">
-        <v>369</v>
+        <v>353</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>370</v>
+        <v>354</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="D91" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E91" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F91" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>372</v>
+        <v>356</v>
       </c>
       <c r="H91" t="s">
-        <v>373</v>
+        <v>357</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>374</v>
+        <v>358</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>375</v>
+        <v>359</v>
       </c>
       <c r="D92" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E92" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F92" t="s">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="H92" t="s">
-        <v>377</v>
+        <v>361</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>378</v>
+        <v>362</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="D93" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E93" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F93" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>76</v>
+        <v>364</v>
       </c>
       <c r="H93" t="s">
-        <v>380</v>
+        <v>365</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>381</v>
+        <v>366</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>382</v>
+        <v>367</v>
       </c>
       <c r="D94" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E94" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F94" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>383</v>
+        <v>368</v>
       </c>
       <c r="H94" t="s">
-        <v>384</v>
+        <v>369</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>385</v>
+        <v>370</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>386</v>
+        <v>371</v>
       </c>
       <c r="D95" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E95" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F95" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>387</v>
+        <v>372</v>
       </c>
       <c r="H95" t="s">
-        <v>388</v>
+        <v>373</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>389</v>
+        <v>374</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>390</v>
+        <v>375</v>
       </c>
       <c r="D96" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E96" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F96" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>391</v>
+        <v>376</v>
       </c>
       <c r="H96" t="s">
-        <v>392</v>
+        <v>377</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>393</v>
+        <v>378</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>394</v>
+        <v>379</v>
       </c>
       <c r="D97" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E97" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F97" t="s">
         <v>148</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>395</v>
+        <v>380</v>
       </c>
       <c r="H97" t="s">
-        <v>396</v>
+        <v>381</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>397</v>
+        <v>382</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>398</v>
+        <v>383</v>
       </c>
       <c r="D98" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E98" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F98" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>399</v>
+        <v>384</v>
       </c>
       <c r="H98" t="s">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>401</v>
+        <v>386</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="D99" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E99" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F99" t="s">
-        <v>137</v>
+        <v>65</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>403</v>
+        <v>388</v>
       </c>
       <c r="H99" t="s">
-        <v>404</v>
+        <v>389</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>405</v>
+        <v>390</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>406</v>
+        <v>391</v>
       </c>
       <c r="D100" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E100" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F100" t="s">
-        <v>336</v>
+        <v>60</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>407</v>
+        <v>392</v>
       </c>
       <c r="H100" t="s">
-        <v>408</v>
+        <v>393</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>409</v>
+        <v>394</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>410</v>
+        <v>395</v>
       </c>
       <c r="D101" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E101" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F101" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>411</v>
+        <v>396</v>
       </c>
       <c r="H101" t="s">
-        <v>412</v>
+        <v>397</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>414</v>
+        <v>399</v>
       </c>
       <c r="D102" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E102" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F102" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>415</v>
+        <v>400</v>
       </c>
       <c r="H102" t="s">
-        <v>416</v>
+        <v>401</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>417</v>
+        <v>402</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>418</v>
+        <v>403</v>
       </c>
       <c r="D103" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E103" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F103" t="s">
-        <v>88</v>
+        <v>214</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>419</v>
+        <v>404</v>
       </c>
       <c r="H103" t="s">
-        <v>420</v>
+        <v>405</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>421</v>
+        <v>406</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>422</v>
+        <v>407</v>
       </c>
       <c r="D104" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E104" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F104" t="s">
-        <v>130</v>
+        <v>214</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>423</v>
+        <v>408</v>
       </c>
       <c r="H104" t="s">
-        <v>424</v>
+        <v>409</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="D105" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E105" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F105" t="s">
-        <v>130</v>
+        <v>214</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>427</v>
+        <v>412</v>
       </c>
       <c r="H105" t="s">
-        <v>428</v>
+        <v>413</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>429</v>
+        <v>414</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>430</v>
+        <v>415</v>
       </c>
       <c r="D106" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E106" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F106" t="s">
-        <v>100</v>
+        <v>214</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>431</v>
+        <v>416</v>
       </c>
       <c r="H106" t="s">
-        <v>432</v>
+        <v>417</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>433</v>
+        <v>418</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>434</v>
+        <v>419</v>
       </c>
       <c r="D107" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E107" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F107" t="s">
-        <v>100</v>
+        <v>420</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>435</v>
+        <v>421</v>
       </c>
       <c r="H107" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>437</v>
+        <v>423</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>438</v>
+        <v>424</v>
       </c>
       <c r="D108" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E108" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F108" t="s">
-        <v>100</v>
+        <v>148</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>439</v>
+        <v>425</v>
       </c>
       <c r="H108" t="s">
-        <v>440</v>
+        <v>426</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>441</v>
+        <v>427</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>442</v>
+        <v>428</v>
       </c>
       <c r="D109" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E109" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F109" t="s">
-        <v>100</v>
+        <v>65</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>443</v>
+        <v>429</v>
       </c>
       <c r="H109" t="s">
-        <v>444</v>
+        <v>430</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>446</v>
+        <v>432</v>
       </c>
       <c r="D110" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E110" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F110" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>447</v>
+        <v>433</v>
       </c>
       <c r="H110" t="s">
-        <v>448</v>
+        <v>434</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>449</v>
+        <v>435</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>450</v>
+        <v>436</v>
       </c>
       <c r="D111" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E111" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F111" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>451</v>
+        <v>437</v>
       </c>
       <c r="H111" t="s">
-        <v>452</v>
+        <v>438</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>453</v>
+        <v>439</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>454</v>
+        <v>440</v>
       </c>
       <c r="D112" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E112" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F112" t="s">
-        <v>148</v>
+        <v>130</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>455</v>
+        <v>441</v>
       </c>
       <c r="H112" t="s">
-        <v>456</v>
+        <v>442</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>457</v>
+        <v>443</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>458</v>
+        <v>444</v>
       </c>
       <c r="D113" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E113" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F113" t="s">
-        <v>148</v>
+        <v>214</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>459</v>
+        <v>445</v>
       </c>
       <c r="H113" t="s">
-        <v>460</v>
+        <v>446</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>461</v>
+        <v>447</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>462</v>
+        <v>448</v>
       </c>
       <c r="D114" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E114" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F114" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>463</v>
+        <v>449</v>
       </c>
       <c r="H114" t="s">
-        <v>464</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>465</v>
+        <v>451</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
       <c r="D115" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E115" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F115" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>467</v>
+        <v>32</v>
       </c>
       <c r="H115" t="s">
-        <v>468</v>
+        <v>453</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>469</v>
+        <v>454</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>470</v>
+        <v>455</v>
       </c>
       <c r="D116" t="s">
-        <v>108</v>
+        <v>175</v>
       </c>
       <c r="E116" t="s">
-        <v>109</v>
+        <v>176</v>
       </c>
       <c r="F116" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>76</v>
+        <v>456</v>
       </c>
       <c r="H116" t="s">
-        <v>471</v>
+        <v>457</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>472</v>
+        <v>458</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>16</v>
+        <v>459</v>
       </c>
       <c r="D117" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E117" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F117" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>475</v>
+        <v>460</v>
       </c>
       <c r="H117" t="s">
-        <v>476</v>
+        <v>461</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>477</v>
+        <v>462</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>43</v>
+        <v>463</v>
       </c>
       <c r="D118" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E118" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F118" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>478</v>
+        <v>464</v>
       </c>
       <c r="H118" t="s">
-        <v>479</v>
+        <v>465</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>480</v>
+        <v>466</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>48</v>
+        <v>467</v>
       </c>
       <c r="D119" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E119" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F119" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>481</v>
+        <v>32</v>
       </c>
       <c r="H119" t="s">
-        <v>482</v>
+        <v>468</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>483</v>
+        <v>469</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>121</v>
+        <v>470</v>
       </c>
       <c r="D120" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E120" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F120" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>484</v>
+        <v>471</v>
       </c>
       <c r="H120" t="s">
-        <v>485</v>
+        <v>472</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>486</v>
+        <v>473</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>23</v>
+        <v>474</v>
       </c>
       <c r="D121" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E121" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F121" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>487</v>
+        <v>32</v>
       </c>
       <c r="H121" t="s">
-        <v>488</v>
+        <v>475</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>489</v>
+        <v>476</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>27</v>
+        <v>477</v>
       </c>
       <c r="D122" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E122" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F122" t="s">
-        <v>88</v>
+        <v>148</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>490</v>
+        <v>478</v>
       </c>
       <c r="H122" t="s">
-        <v>491</v>
+        <v>479</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>492</v>
+        <v>480</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>493</v>
+        <v>481</v>
       </c>
       <c r="D123" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E123" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F123" t="s">
-        <v>54</v>
+        <v>420</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>494</v>
+        <v>482</v>
       </c>
       <c r="H123" t="s">
-        <v>495</v>
+        <v>483</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>496</v>
+        <v>484</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>497</v>
+        <v>485</v>
       </c>
       <c r="D124" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E124" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F124" t="s">
-        <v>54</v>
+        <v>420</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="H124" t="s">
-        <v>499</v>
+        <v>487</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>500</v>
+        <v>488</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>501</v>
+        <v>489</v>
       </c>
       <c r="D125" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E125" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F125" t="s">
-        <v>54</v>
+        <v>420</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>502</v>
+        <v>490</v>
       </c>
       <c r="H125" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="D126" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E126" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F126" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>506</v>
+        <v>494</v>
       </c>
       <c r="H126" t="s">
-        <v>507</v>
+        <v>495</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
       <c r="D127" t="s">
-        <v>473</v>
+        <v>175</v>
       </c>
       <c r="E127" t="s">
-        <v>474</v>
+        <v>176</v>
       </c>
       <c r="F127" t="s">
-        <v>130</v>
+        <v>203</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>76</v>
+        <v>498</v>
       </c>
       <c r="H127" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>43</v>
+        <v>501</v>
       </c>
       <c r="D128" t="s">
-        <v>512</v>
+        <v>175</v>
       </c>
       <c r="E128" t="s">
-        <v>513</v>
+        <v>176</v>
       </c>
       <c r="F128" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="H128" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>48</v>
+        <v>505</v>
       </c>
       <c r="D129" t="s">
-        <v>512</v>
+        <v>175</v>
       </c>
       <c r="E129" t="s">
-        <v>513</v>
+        <v>176</v>
       </c>
       <c r="F129" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="H129" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>126</v>
+        <v>509</v>
       </c>
       <c r="D130" t="s">
-        <v>512</v>
+        <v>175</v>
       </c>
       <c r="E130" t="s">
-        <v>513</v>
+        <v>176</v>
       </c>
       <c r="F130" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="H130" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>53</v>
+        <v>513</v>
       </c>
       <c r="D131" t="s">
-        <v>512</v>
+        <v>175</v>
       </c>
       <c r="E131" t="s">
-        <v>513</v>
+        <v>176</v>
       </c>
       <c r="F131" t="s">
-        <v>49</v>
+        <v>148</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="H131" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>58</v>
+        <v>517</v>
       </c>
       <c r="D132" t="s">
-        <v>512</v>
+        <v>175</v>
       </c>
       <c r="E132" t="s">
-        <v>513</v>
+        <v>176</v>
       </c>
       <c r="F132" t="s">
-        <v>70</v>
+        <v>148</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="H132" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>152</v>
+        <v>521</v>
       </c>
       <c r="D133" t="s">
-        <v>512</v>
+        <v>175</v>
       </c>
       <c r="E133" t="s">
-        <v>513</v>
+        <v>176</v>
       </c>
       <c r="F133" t="s">
-        <v>54</v>
+        <v>148</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="H133" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>16</v>
+        <v>525</v>
       </c>
       <c r="D134" t="s">
-        <v>532</v>
+        <v>175</v>
       </c>
       <c r="E134" t="s">
-        <v>533</v>
+        <v>176</v>
       </c>
       <c r="F134" t="s">
-        <v>130</v>
+        <v>55</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="H134" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>43</v>
+        <v>529</v>
       </c>
       <c r="D135" t="s">
-        <v>532</v>
+        <v>175</v>
       </c>
       <c r="E135" t="s">
-        <v>533</v>
+        <v>176</v>
       </c>
       <c r="F135" t="s">
-        <v>130</v>
+        <v>55</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="H135" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>48</v>
+        <v>533</v>
       </c>
       <c r="D136" t="s">
-        <v>532</v>
+        <v>175</v>
       </c>
       <c r="E136" t="s">
-        <v>533</v>
+        <v>176</v>
       </c>
       <c r="F136" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="H136" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>121</v>
+        <v>537</v>
       </c>
       <c r="D137" t="s">
-        <v>532</v>
+        <v>175</v>
       </c>
       <c r="E137" t="s">
-        <v>533</v>
+        <v>176</v>
       </c>
       <c r="F137" t="s">
-        <v>130</v>
+        <v>55</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>76</v>
+        <v>538</v>
       </c>
       <c r="H137" t="s">
-        <v>510</v>
+        <v>539</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>540</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>541</v>
+      </c>
+      <c r="D138" t="s">
+        <v>175</v>
+      </c>
+      <c r="E138" t="s">
+        <v>176</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H138" t="s">
         <v>543</v>
-      </c>
-[...19 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>544</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>545</v>
+      </c>
+      <c r="D139" t="s">
+        <v>175</v>
+      </c>
+      <c r="E139" t="s">
+        <v>176</v>
+      </c>
+      <c r="F139" t="s">
+        <v>60</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H139" t="s">
         <v>546</v>
-      </c>
-[...19 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>547</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>548</v>
+      </c>
+      <c r="D140" t="s">
+        <v>175</v>
+      </c>
+      <c r="E140" t="s">
+        <v>176</v>
+      </c>
+      <c r="F140" t="s">
+        <v>60</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>549</v>
       </c>
-      <c r="B140" t="s">
-[...14 lines deleted...]
-      <c r="G140" s="1" t="s">
+      <c r="H140" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>551</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
         <v>552</v>
       </c>
-      <c r="B141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D141" t="s">
-        <v>532</v>
+        <v>175</v>
       </c>
       <c r="E141" t="s">
-        <v>533</v>
+        <v>176</v>
       </c>
       <c r="F141" t="s">
-        <v>130</v>
+        <v>85</v>
       </c>
       <c r="G141" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H141" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>554</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
         <v>555</v>
       </c>
-      <c r="B142" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D142" t="s">
-        <v>532</v>
+        <v>175</v>
       </c>
       <c r="E142" t="s">
-        <v>533</v>
+        <v>176</v>
       </c>
       <c r="F142" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>556</v>
       </c>
       <c r="H142" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>558</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>268</v>
+        <v>559</v>
       </c>
       <c r="D143" t="s">
-        <v>559</v>
+        <v>175</v>
       </c>
       <c r="E143" t="s">
+        <v>176</v>
+      </c>
+      <c r="F143" t="s">
+        <v>80</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>560</v>
       </c>
-      <c r="F143" t="s">
+      <c r="H143" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>562</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>563</v>
+      </c>
+      <c r="D144" t="s">
+        <v>175</v>
+      </c>
+      <c r="E144" t="s">
+        <v>176</v>
+      </c>
+      <c r="F144" t="s">
+        <v>55</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H144" t="s">
         <v>564</v>
-      </c>
-[...19 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="D145" t="s">
-        <v>566</v>
+        <v>175</v>
       </c>
       <c r="E145" t="s">
+        <v>176</v>
+      </c>
+      <c r="F145" t="s">
+        <v>55</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="F145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H145" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>569</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>570</v>
+      </c>
+      <c r="D146" t="s">
+        <v>175</v>
+      </c>
+      <c r="E146" t="s">
+        <v>176</v>
+      </c>
+      <c r="F146" t="s">
+        <v>55</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H146" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>573</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
         <v>574</v>
       </c>
-      <c r="B146" t="s">
-[...2 lines deleted...]
-      <c r="C146" t="s">
+      <c r="D147" t="s">
+        <v>175</v>
+      </c>
+      <c r="E147" t="s">
+        <v>176</v>
+      </c>
+      <c r="F147" t="s">
+        <v>148</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="D146" t="s">
+      <c r="H147" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>577</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>578</v>
+      </c>
+      <c r="D148" t="s">
+        <v>175</v>
+      </c>
+      <c r="E148" t="s">
+        <v>176</v>
+      </c>
+      <c r="F148" t="s">
+        <v>148</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="H148" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>581</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>582</v>
+      </c>
+      <c r="D149" t="s">
+        <v>175</v>
+      </c>
+      <c r="E149" t="s">
+        <v>176</v>
+      </c>
+      <c r="F149" t="s">
+        <v>148</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H149" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>585</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>586</v>
+      </c>
+      <c r="D150" t="s">
+        <v>175</v>
+      </c>
+      <c r="E150" t="s">
+        <v>176</v>
+      </c>
+      <c r="F150" t="s">
+        <v>148</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="H150" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>589</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>590</v>
+      </c>
+      <c r="D151" t="s">
+        <v>175</v>
+      </c>
+      <c r="E151" t="s">
+        <v>176</v>
+      </c>
+      <c r="F151" t="s">
+        <v>420</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H151" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>592</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>593</v>
+      </c>
+      <c r="D152" t="s">
+        <v>175</v>
+      </c>
+      <c r="E152" t="s">
+        <v>176</v>
+      </c>
+      <c r="F152" t="s">
+        <v>420</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="H152" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>596</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>597</v>
+      </c>
+      <c r="D153" t="s">
+        <v>175</v>
+      </c>
+      <c r="E153" t="s">
+        <v>176</v>
+      </c>
+      <c r="F153" t="s">
+        <v>420</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H153" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>600</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>601</v>
+      </c>
+      <c r="D154" t="s">
+        <v>175</v>
+      </c>
+      <c r="E154" t="s">
+        <v>176</v>
+      </c>
+      <c r="F154" t="s">
+        <v>420</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H154" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>604</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>605</v>
+      </c>
+      <c r="D155" t="s">
+        <v>175</v>
+      </c>
+      <c r="E155" t="s">
+        <v>176</v>
+      </c>
+      <c r="F155" t="s">
+        <v>65</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="H155" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>608</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>609</v>
+      </c>
+      <c r="D156" t="s">
+        <v>175</v>
+      </c>
+      <c r="E156" t="s">
+        <v>176</v>
+      </c>
+      <c r="F156" t="s">
+        <v>65</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="H156" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>612</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>613</v>
+      </c>
+      <c r="D157" t="s">
+        <v>175</v>
+      </c>
+      <c r="E157" t="s">
+        <v>176</v>
+      </c>
+      <c r="F157" t="s">
+        <v>85</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H157" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>615</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>616</v>
+      </c>
+      <c r="D158" t="s">
+        <v>175</v>
+      </c>
+      <c r="E158" t="s">
+        <v>176</v>
+      </c>
+      <c r="F158" t="s">
+        <v>85</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H158" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>619</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>620</v>
+      </c>
+      <c r="D159" t="s">
+        <v>175</v>
+      </c>
+      <c r="E159" t="s">
+        <v>176</v>
+      </c>
+      <c r="F159" t="s">
+        <v>85</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H159" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>623</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>624</v>
+      </c>
+      <c r="D160" t="s">
+        <v>175</v>
+      </c>
+      <c r="E160" t="s">
+        <v>176</v>
+      </c>
+      <c r="F160" t="s">
+        <v>85</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H160" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>627</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>628</v>
+      </c>
+      <c r="D161" t="s">
+        <v>175</v>
+      </c>
+      <c r="E161" t="s">
+        <v>176</v>
+      </c>
+      <c r="F161" t="s">
+        <v>214</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H161" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>631</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>632</v>
+      </c>
+      <c r="D162" t="s">
+        <v>175</v>
+      </c>
+      <c r="E162" t="s">
+        <v>176</v>
+      </c>
+      <c r="F162" t="s">
+        <v>65</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H162" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>635</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>636</v>
+      </c>
+      <c r="D163" t="s">
+        <v>175</v>
+      </c>
+      <c r="E163" t="s">
+        <v>176</v>
+      </c>
+      <c r="F163" t="s">
+        <v>203</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H163" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>639</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>640</v>
+      </c>
+      <c r="D164" t="s">
+        <v>175</v>
+      </c>
+      <c r="E164" t="s">
+        <v>176</v>
+      </c>
+      <c r="F164" t="s">
+        <v>420</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H164" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>643</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>644</v>
+      </c>
+      <c r="D165" t="s">
+        <v>175</v>
+      </c>
+      <c r="E165" t="s">
+        <v>176</v>
+      </c>
+      <c r="F165" t="s">
+        <v>80</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H165" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>647</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>648</v>
+      </c>
+      <c r="D166" t="s">
+        <v>175</v>
+      </c>
+      <c r="E166" t="s">
+        <v>176</v>
+      </c>
+      <c r="F166" t="s">
+        <v>80</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H166" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>651</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>652</v>
+      </c>
+      <c r="D167" t="s">
+        <v>175</v>
+      </c>
+      <c r="E167" t="s">
+        <v>176</v>
+      </c>
+      <c r="F167" t="s">
+        <v>85</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H167" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>655</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>656</v>
+      </c>
+      <c r="D168" t="s">
+        <v>175</v>
+      </c>
+      <c r="E168" t="s">
+        <v>176</v>
+      </c>
+      <c r="F168" t="s">
+        <v>148</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H168" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>659</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>660</v>
+      </c>
+      <c r="D169" t="s">
+        <v>175</v>
+      </c>
+      <c r="E169" t="s">
+        <v>176</v>
+      </c>
+      <c r="F169" t="s">
+        <v>148</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H169" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>663</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>664</v>
+      </c>
+      <c r="D170" t="s">
+        <v>175</v>
+      </c>
+      <c r="E170" t="s">
+        <v>176</v>
+      </c>
+      <c r="F170" t="s">
+        <v>130</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H170" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>667</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>668</v>
+      </c>
+      <c r="D171" t="s">
+        <v>175</v>
+      </c>
+      <c r="E171" t="s">
+        <v>176</v>
+      </c>
+      <c r="F171" t="s">
+        <v>130</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H171" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>671</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>672</v>
+      </c>
+      <c r="D172" t="s">
+        <v>175</v>
+      </c>
+      <c r="E172" t="s">
+        <v>176</v>
+      </c>
+      <c r="F172" t="s">
+        <v>130</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H172" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>675</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>676</v>
+      </c>
+      <c r="D173" t="s">
+        <v>175</v>
+      </c>
+      <c r="E173" t="s">
+        <v>176</v>
+      </c>
+      <c r="F173" t="s">
+        <v>130</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H173" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>679</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>680</v>
+      </c>
+      <c r="D174" t="s">
+        <v>175</v>
+      </c>
+      <c r="E174" t="s">
+        <v>176</v>
+      </c>
+      <c r="F174" t="s">
+        <v>80</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H174" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>683</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>684</v>
+      </c>
+      <c r="D175" t="s">
+        <v>175</v>
+      </c>
+      <c r="E175" t="s">
+        <v>176</v>
+      </c>
+      <c r="F175" t="s">
+        <v>80</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H175" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>687</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>688</v>
+      </c>
+      <c r="D176" t="s">
+        <v>175</v>
+      </c>
+      <c r="E176" t="s">
+        <v>176</v>
+      </c>
+      <c r="F176" t="s">
+        <v>214</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H176" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>691</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>692</v>
+      </c>
+      <c r="D177" t="s">
+        <v>175</v>
+      </c>
+      <c r="E177" t="s">
+        <v>176</v>
+      </c>
+      <c r="F177" t="s">
+        <v>214</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H177" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>695</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>696</v>
+      </c>
+      <c r="D178" t="s">
+        <v>175</v>
+      </c>
+      <c r="E178" t="s">
+        <v>176</v>
+      </c>
+      <c r="F178" t="s">
+        <v>55</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H178" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>699</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>700</v>
+      </c>
+      <c r="D179" t="s">
+        <v>175</v>
+      </c>
+      <c r="E179" t="s">
+        <v>176</v>
+      </c>
+      <c r="F179" t="s">
+        <v>55</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H179" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>703</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>704</v>
+      </c>
+      <c r="D180" t="s">
+        <v>175</v>
+      </c>
+      <c r="E180" t="s">
+        <v>176</v>
+      </c>
+      <c r="F180" t="s">
+        <v>85</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H180" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>706</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>707</v>
+      </c>
+      <c r="D181" t="s">
+        <v>175</v>
+      </c>
+      <c r="E181" t="s">
+        <v>176</v>
+      </c>
+      <c r="F181" t="s">
+        <v>80</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="H181" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>710</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>711</v>
+      </c>
+      <c r="D182" t="s">
+        <v>175</v>
+      </c>
+      <c r="E182" t="s">
+        <v>176</v>
+      </c>
+      <c r="F182" t="s">
+        <v>80</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H182" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>714</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>715</v>
+      </c>
+      <c r="D183" t="s">
+        <v>175</v>
+      </c>
+      <c r="E183" t="s">
+        <v>176</v>
+      </c>
+      <c r="F183" t="s">
+        <v>55</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="H183" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>718</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>719</v>
+      </c>
+      <c r="D184" t="s">
+        <v>175</v>
+      </c>
+      <c r="E184" t="s">
+        <v>176</v>
+      </c>
+      <c r="F184" t="s">
+        <v>65</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H184" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>721</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>722</v>
+      </c>
+      <c r="D185" t="s">
+        <v>175</v>
+      </c>
+      <c r="E185" t="s">
+        <v>176</v>
+      </c>
+      <c r="F185" t="s">
+        <v>85</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="H185" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>725</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>726</v>
+      </c>
+      <c r="D186" t="s">
+        <v>175</v>
+      </c>
+      <c r="E186" t="s">
+        <v>176</v>
+      </c>
+      <c r="F186" t="s">
+        <v>65</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H186" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>729</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>730</v>
+      </c>
+      <c r="D187" t="s">
+        <v>175</v>
+      </c>
+      <c r="E187" t="s">
+        <v>176</v>
+      </c>
+      <c r="F187" t="s">
+        <v>148</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H187" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>733</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>734</v>
+      </c>
+      <c r="D188" t="s">
+        <v>175</v>
+      </c>
+      <c r="E188" t="s">
+        <v>176</v>
+      </c>
+      <c r="F188" t="s">
+        <v>55</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H188" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>737</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>738</v>
+      </c>
+      <c r="D189" t="s">
+        <v>175</v>
+      </c>
+      <c r="E189" t="s">
+        <v>176</v>
+      </c>
+      <c r="F189" t="s">
+        <v>55</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H189" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>741</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>742</v>
+      </c>
+      <c r="D190" t="s">
+        <v>175</v>
+      </c>
+      <c r="E190" t="s">
+        <v>176</v>
+      </c>
+      <c r="F190" t="s">
+        <v>148</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H190" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>745</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>746</v>
+      </c>
+      <c r="D191" t="s">
+        <v>175</v>
+      </c>
+      <c r="E191" t="s">
+        <v>176</v>
+      </c>
+      <c r="F191" t="s">
+        <v>80</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="H191" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>749</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>750</v>
+      </c>
+      <c r="D192" t="s">
+        <v>175</v>
+      </c>
+      <c r="E192" t="s">
+        <v>176</v>
+      </c>
+      <c r="F192" t="s">
+        <v>80</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H192" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>753</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>754</v>
+      </c>
+      <c r="D193" t="s">
+        <v>175</v>
+      </c>
+      <c r="E193" t="s">
+        <v>176</v>
+      </c>
+      <c r="F193" t="s">
+        <v>80</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="H193" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>757</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>758</v>
+      </c>
+      <c r="D194" t="s">
+        <v>175</v>
+      </c>
+      <c r="E194" t="s">
+        <v>176</v>
+      </c>
+      <c r="F194" t="s">
+        <v>80</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H194" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>761</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>762</v>
+      </c>
+      <c r="D195" t="s">
+        <v>175</v>
+      </c>
+      <c r="E195" t="s">
+        <v>176</v>
+      </c>
+      <c r="F195" t="s">
+        <v>80</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H195" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>765</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>766</v>
+      </c>
+      <c r="D196" t="s">
+        <v>175</v>
+      </c>
+      <c r="E196" t="s">
+        <v>176</v>
+      </c>
+      <c r="F196" t="s">
+        <v>80</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H196" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>769</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>770</v>
+      </c>
+      <c r="D197" t="s">
+        <v>175</v>
+      </c>
+      <c r="E197" t="s">
+        <v>176</v>
+      </c>
+      <c r="F197" t="s">
+        <v>80</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H197" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>772</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>773</v>
+      </c>
+      <c r="D198" t="s">
+        <v>175</v>
+      </c>
+      <c r="E198" t="s">
+        <v>176</v>
+      </c>
+      <c r="F198" t="s">
+        <v>80</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H198" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>775</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>776</v>
+      </c>
+      <c r="D199" t="s">
+        <v>175</v>
+      </c>
+      <c r="E199" t="s">
+        <v>176</v>
+      </c>
+      <c r="F199" t="s">
+        <v>55</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H199" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>779</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>780</v>
+      </c>
+      <c r="D200" t="s">
+        <v>175</v>
+      </c>
+      <c r="E200" t="s">
+        <v>176</v>
+      </c>
+      <c r="F200" t="s">
+        <v>781</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H200" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>783</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>784</v>
+      </c>
+      <c r="D201" t="s">
+        <v>175</v>
+      </c>
+      <c r="E201" t="s">
+        <v>176</v>
+      </c>
+      <c r="F201" t="s">
+        <v>80</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H201" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>787</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>788</v>
+      </c>
+      <c r="D202" t="s">
+        <v>175</v>
+      </c>
+      <c r="E202" t="s">
+        <v>176</v>
+      </c>
+      <c r="F202" t="s">
+        <v>80</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H202" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>791</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>792</v>
+      </c>
+      <c r="D203" t="s">
+        <v>175</v>
+      </c>
+      <c r="E203" t="s">
+        <v>176</v>
+      </c>
+      <c r="F203" t="s">
+        <v>214</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H203" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>795</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>796</v>
+      </c>
+      <c r="D204" t="s">
+        <v>175</v>
+      </c>
+      <c r="E204" t="s">
+        <v>176</v>
+      </c>
+      <c r="F204" t="s">
+        <v>214</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="H204" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>799</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>800</v>
+      </c>
+      <c r="D205" t="s">
+        <v>175</v>
+      </c>
+      <c r="E205" t="s">
+        <v>176</v>
+      </c>
+      <c r="F205" t="s">
+        <v>214</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H205" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>803</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>804</v>
+      </c>
+      <c r="D206" t="s">
+        <v>175</v>
+      </c>
+      <c r="E206" t="s">
+        <v>176</v>
+      </c>
+      <c r="F206" t="s">
+        <v>805</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="H206" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>808</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>809</v>
+      </c>
+      <c r="D207" t="s">
+        <v>175</v>
+      </c>
+      <c r="E207" t="s">
+        <v>176</v>
+      </c>
+      <c r="F207" t="s">
+        <v>810</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H207" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>813</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>814</v>
+      </c>
+      <c r="D208" t="s">
+        <v>175</v>
+      </c>
+      <c r="E208" t="s">
+        <v>176</v>
+      </c>
+      <c r="F208" t="s">
+        <v>815</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="H208" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>818</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>819</v>
+      </c>
+      <c r="D209" t="s">
+        <v>175</v>
+      </c>
+      <c r="E209" t="s">
+        <v>176</v>
+      </c>
+      <c r="F209" t="s">
+        <v>148</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="H209" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>822</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>823</v>
+      </c>
+      <c r="D210" t="s">
+        <v>175</v>
+      </c>
+      <c r="E210" t="s">
+        <v>176</v>
+      </c>
+      <c r="F210" t="s">
+        <v>55</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H210" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>825</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>16</v>
+      </c>
+      <c r="D211" t="s">
+        <v>826</v>
+      </c>
+      <c r="E211" t="s">
+        <v>827</v>
+      </c>
+      <c r="F211" t="s">
+        <v>85</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="H211" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>830</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>45</v>
+      </c>
+      <c r="D212" t="s">
+        <v>826</v>
+      </c>
+      <c r="E212" t="s">
+        <v>827</v>
+      </c>
+      <c r="F212" t="s">
+        <v>85</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="H212" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>833</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>59</v>
+      </c>
+      <c r="D213" t="s">
+        <v>826</v>
+      </c>
+      <c r="E213" t="s">
+        <v>827</v>
+      </c>
+      <c r="F213" t="s">
+        <v>85</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>834</v>
+      </c>
+      <c r="H213" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>836</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>188</v>
+      </c>
+      <c r="D214" t="s">
+        <v>826</v>
+      </c>
+      <c r="E214" t="s">
+        <v>827</v>
+      </c>
+      <c r="F214" t="s">
+        <v>85</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H214" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>839</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>23</v>
+      </c>
+      <c r="D215" t="s">
+        <v>826</v>
+      </c>
+      <c r="E215" t="s">
+        <v>827</v>
+      </c>
+      <c r="F215" t="s">
+        <v>85</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="H215" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>842</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>27</v>
+      </c>
+      <c r="D216" t="s">
+        <v>826</v>
+      </c>
+      <c r="E216" t="s">
+        <v>827</v>
+      </c>
+      <c r="F216" t="s">
+        <v>85</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="H216" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>845</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>262</v>
+      </c>
+      <c r="D217" t="s">
+        <v>826</v>
+      </c>
+      <c r="E217" t="s">
+        <v>827</v>
+      </c>
+      <c r="F217" t="s">
+        <v>80</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="H217" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>848</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>143</v>
+      </c>
+      <c r="D218" t="s">
+        <v>826</v>
+      </c>
+      <c r="E218" t="s">
+        <v>827</v>
+      </c>
+      <c r="F218" t="s">
+        <v>65</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="H218" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>851</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>852</v>
+      </c>
+      <c r="D219" t="s">
+        <v>826</v>
+      </c>
+      <c r="E219" t="s">
+        <v>827</v>
+      </c>
+      <c r="F219" t="s">
+        <v>65</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H219" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>855</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>856</v>
+      </c>
+      <c r="D220" t="s">
+        <v>826</v>
+      </c>
+      <c r="E220" t="s">
+        <v>827</v>
+      </c>
+      <c r="F220" t="s">
+        <v>65</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H220" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>859</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>860</v>
+      </c>
+      <c r="D221" t="s">
+        <v>826</v>
+      </c>
+      <c r="E221" t="s">
+        <v>827</v>
+      </c>
+      <c r="F221" t="s">
+        <v>65</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="H221" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>863</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>864</v>
+      </c>
+      <c r="D222" t="s">
+        <v>826</v>
+      </c>
+      <c r="E222" t="s">
+        <v>827</v>
+      </c>
+      <c r="F222" t="s">
+        <v>65</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="H222" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>867</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>868</v>
+      </c>
+      <c r="D223" t="s">
+        <v>826</v>
+      </c>
+      <c r="E223" t="s">
+        <v>827</v>
+      </c>
+      <c r="F223" t="s">
+        <v>148</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H223" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>870</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>593</v>
+      </c>
+      <c r="D224" t="s">
+        <v>826</v>
+      </c>
+      <c r="E224" t="s">
+        <v>827</v>
+      </c>
+      <c r="F224" t="s">
+        <v>871</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="H224" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>874</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>597</v>
+      </c>
+      <c r="D225" t="s">
+        <v>826</v>
+      </c>
+      <c r="E225" t="s">
+        <v>827</v>
+      </c>
+      <c r="F225" t="s">
+        <v>871</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="H225" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>877</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>601</v>
+      </c>
+      <c r="D226" t="s">
+        <v>826</v>
+      </c>
+      <c r="E226" t="s">
+        <v>827</v>
+      </c>
+      <c r="F226" t="s">
+        <v>871</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H226" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>879</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>880</v>
+      </c>
+      <c r="D227" t="s">
+        <v>826</v>
+      </c>
+      <c r="E227" t="s">
+        <v>827</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="H227" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>883</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>16</v>
+      </c>
+      <c r="D228" t="s">
+        <v>884</v>
+      </c>
+      <c r="E228" t="s">
+        <v>885</v>
+      </c>
+      <c r="F228" t="s">
+        <v>148</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="H228" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>888</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>45</v>
+      </c>
+      <c r="D229" t="s">
+        <v>884</v>
+      </c>
+      <c r="E229" t="s">
+        <v>885</v>
+      </c>
+      <c r="F229" t="s">
+        <v>80</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="H229" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>891</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>59</v>
+      </c>
+      <c r="D230" t="s">
+        <v>884</v>
+      </c>
+      <c r="E230" t="s">
+        <v>885</v>
+      </c>
+      <c r="F230" t="s">
+        <v>80</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="H230" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>894</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>193</v>
+      </c>
+      <c r="D231" t="s">
+        <v>884</v>
+      </c>
+      <c r="E231" t="s">
+        <v>885</v>
+      </c>
+      <c r="F231" t="s">
+        <v>55</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="H231" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>897</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>23</v>
+      </c>
+      <c r="D232" t="s">
+        <v>884</v>
+      </c>
+      <c r="E232" t="s">
+        <v>885</v>
+      </c>
+      <c r="F232" t="s">
+        <v>810</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H232" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>899</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>64</v>
+      </c>
+      <c r="D233" t="s">
+        <v>884</v>
+      </c>
+      <c r="E233" t="s">
+        <v>885</v>
+      </c>
+      <c r="F233" t="s">
+        <v>60</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="H233" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>902</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>69</v>
+      </c>
+      <c r="D234" t="s">
+        <v>884</v>
+      </c>
+      <c r="E234" t="s">
+        <v>885</v>
+      </c>
+      <c r="F234" t="s">
+        <v>80</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="H234" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>905</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>218</v>
+      </c>
+      <c r="D235" t="s">
+        <v>884</v>
+      </c>
+      <c r="E235" t="s">
+        <v>885</v>
+      </c>
+      <c r="F235" t="s">
+        <v>65</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="H235" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>908</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>222</v>
+      </c>
+      <c r="D236" t="s">
+        <v>884</v>
+      </c>
+      <c r="E236" t="s">
+        <v>885</v>
+      </c>
+      <c r="F236" t="s">
+        <v>420</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="H236" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>911</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>225</v>
+      </c>
+      <c r="D237" t="s">
+        <v>884</v>
+      </c>
+      <c r="E237" t="s">
+        <v>885</v>
+      </c>
+      <c r="F237" t="s">
+        <v>420</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="H237" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>913</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>138</v>
+      </c>
+      <c r="D238" t="s">
+        <v>914</v>
+      </c>
+      <c r="E238" t="s">
+        <v>915</v>
+      </c>
+      <c r="F238" t="s">
+        <v>19</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H238" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>918</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>919</v>
+      </c>
+      <c r="D239" t="s">
+        <v>914</v>
+      </c>
+      <c r="E239" t="s">
+        <v>915</v>
+      </c>
+      <c r="F239" t="s">
+        <v>19</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="H239" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>922</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>923</v>
+      </c>
+      <c r="D240" t="s">
+        <v>914</v>
+      </c>
+      <c r="E240" t="s">
+        <v>915</v>
+      </c>
+      <c r="F240" t="s">
+        <v>19</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="H240" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>926</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>403</v>
+      </c>
+      <c r="D241" t="s">
+        <v>914</v>
+      </c>
+      <c r="E241" t="s">
+        <v>915</v>
+      </c>
+      <c r="F241" t="s">
+        <v>19</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="H241" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>929</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>411</v>
+      </c>
+      <c r="D242" t="s">
+        <v>914</v>
+      </c>
+      <c r="E242" t="s">
+        <v>915</v>
+      </c>
+      <c r="F242" t="s">
+        <v>19</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H242" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>931</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>419</v>
+      </c>
+      <c r="D243" t="s">
+        <v>914</v>
+      </c>
+      <c r="E243" t="s">
+        <v>915</v>
+      </c>
+      <c r="F243" t="s">
+        <v>19</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="H243" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>934</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>16</v>
+      </c>
+      <c r="D244" t="s">
+        <v>935</v>
+      </c>
+      <c r="E244" t="s">
+        <v>936</v>
+      </c>
+      <c r="F244" t="s">
+        <v>148</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H244" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>939</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>45</v>
+      </c>
+      <c r="D245" t="s">
+        <v>935</v>
+      </c>
+      <c r="E245" t="s">
+        <v>936</v>
+      </c>
+      <c r="F245" t="s">
+        <v>148</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="H245" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>942</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>59</v>
+      </c>
+      <c r="D246" t="s">
+        <v>935</v>
+      </c>
+      <c r="E246" t="s">
+        <v>936</v>
+      </c>
+      <c r="F246" t="s">
+        <v>60</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="H246" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>945</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>188</v>
+      </c>
+      <c r="D247" t="s">
+        <v>935</v>
+      </c>
+      <c r="E247" t="s">
+        <v>936</v>
+      </c>
+      <c r="F247" t="s">
+        <v>148</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H247" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>946</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>193</v>
+      </c>
+      <c r="D248" t="s">
+        <v>935</v>
+      </c>
+      <c r="E248" t="s">
+        <v>936</v>
+      </c>
+      <c r="F248" t="s">
+        <v>148</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="H248" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>949</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>23</v>
+      </c>
+      <c r="D249" t="s">
+        <v>935</v>
+      </c>
+      <c r="E249" t="s">
+        <v>936</v>
+      </c>
+      <c r="F249" t="s">
+        <v>80</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="H249" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>952</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>64</v>
+      </c>
+      <c r="D250" t="s">
+        <v>935</v>
+      </c>
+      <c r="E250" t="s">
+        <v>936</v>
+      </c>
+      <c r="F250" t="s">
+        <v>148</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="H250" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>955</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>69</v>
+      </c>
+      <c r="D251" t="s">
+        <v>935</v>
+      </c>
+      <c r="E251" t="s">
+        <v>936</v>
+      </c>
+      <c r="F251" t="s">
+        <v>148</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="H251" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>958</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>375</v>
+      </c>
+      <c r="D252" t="s">
+        <v>935</v>
+      </c>
+      <c r="E252" t="s">
+        <v>936</v>
+      </c>
+      <c r="F252" t="s">
+        <v>19</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="H252" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>961</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>138</v>
+      </c>
+      <c r="D253" t="s">
+        <v>962</v>
+      </c>
+      <c r="E253" t="s">
+        <v>963</v>
+      </c>
+      <c r="F253" t="s">
+        <v>964</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="H253" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>967</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>331</v>
+      </c>
+      <c r="D254" t="s">
+        <v>962</v>
+      </c>
+      <c r="E254" t="s">
+        <v>963</v>
+      </c>
+      <c r="F254" t="s">
+        <v>964</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="H254" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>970</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>971</v>
+      </c>
+      <c r="D255" t="s">
+        <v>962</v>
+      </c>
+      <c r="E255" t="s">
+        <v>963</v>
+      </c>
+      <c r="F255" t="s">
+        <v>964</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>972</v>
+      </c>
+      <c r="H255" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>974</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>975</v>
+      </c>
+      <c r="D256" t="s">
+        <v>962</v>
+      </c>
+      <c r="E256" t="s">
+        <v>963</v>
+      </c>
+      <c r="F256" t="s">
+        <v>964</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="H256" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>978</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>563</v>
+      </c>
+      <c r="D257" t="s">
+        <v>979</v>
+      </c>
+      <c r="E257" t="s">
+        <v>980</v>
+      </c>
+      <c r="F257" t="s">
+        <v>65</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="H257" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>983</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
         <v>566</v>
       </c>
-      <c r="E146" t="s">
-[...9 lines deleted...]
-        <v>577</v>
+      <c r="D258" t="s">
+        <v>979</v>
+      </c>
+      <c r="E258" t="s">
+        <v>980</v>
+      </c>
+      <c r="F258" t="s">
+        <v>65</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="H258" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>986</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>570</v>
+      </c>
+      <c r="D259" t="s">
+        <v>979</v>
+      </c>
+      <c r="E259" t="s">
+        <v>980</v>
+      </c>
+      <c r="F259" t="s">
+        <v>65</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="H259" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>989</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>35</v>
+      </c>
+      <c r="D260" t="s">
+        <v>990</v>
+      </c>
+      <c r="E260" t="s">
+        <v>991</v>
+      </c>
+      <c r="F260" t="s">
+        <v>80</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="H260" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>994</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>134</v>
+      </c>
+      <c r="D261" t="s">
+        <v>990</v>
+      </c>
+      <c r="E261" t="s">
+        <v>991</v>
+      </c>
+      <c r="F261" t="s">
+        <v>85</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>995</v>
+      </c>
+      <c r="H261" t="s">
+        <v>996</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6049,50 +10305,165 @@
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>