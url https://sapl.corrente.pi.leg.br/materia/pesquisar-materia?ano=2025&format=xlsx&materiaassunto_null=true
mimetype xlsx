--- v1 (2025-11-24)
+++ v2 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2084" uniqueCount="997">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2379" uniqueCount="1140">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -124,50 +124,74 @@
     <t>Altera a lei nº 806/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 348, de 21 de fevereiro de 2006, para incluir entre as atribuições do cargo de Fiscal de Tributos a competência de lançamento e constituição de créditos tributários, e dá outras providências</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1557/projeto_de_lei_no_19_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reparcelamento de débitos do município de Corrente-PI com seu Regime Próprio de Previdência Social -RPPS, de que tratam os artigos 115 e 117 do Ato das disposições Constitucionais Transitórias - ADCT com redação conferida pela Emenda Constitucional n°136, de 9 de setembro de 2025. Filemon José Francisco Nogueira Paranaguá.</t>
+  </si>
+  <si>
+    <t>1620</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1620/projeto_de_lei_no_20_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a fixação dos subsídios dos membros do Conselho Tutelar no âmbito do município de Corrente, na forma que indica, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1595</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1595/projeto_de_lei_no_26_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a fixação dos subsídios dos membros do Conselho Tutelar no âmbito do município de Corrente, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Cristovam Neto, Dionízio Nogueira, Robério Cabeleireiro, Salmeron Filho</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_resolucao_no_01_de_2025_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação das remunerações dos cargos em Comissão da Câmara Municipal de Corrente-PI e dá outras providências.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>2</t>
   </si>
@@ -266,53 +290,50 @@
   <si>
     <t>Salmeron Filho, Adélia Corado, Dionízio Nogueira, Eduardo Lobato, Gustavo Lemos, Maria Luiza, Naira Nogueira, Paulo Henrique Dourado, Robério Cabeleireiro, Rosivânia Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1427/requerimento_no_11_aegea.pdf</t>
   </si>
   <si>
     <t>Que seja marcada uma audiência pública, para debater sobre os problemas recorrentes na prestação de serviços da AGESPISA, bem como tratar sobre a transição e o plano de investimento da empresa AEGEA.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>Rosivânia Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1401/requerimento_no_19_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja instalado através da secretaria de tecnologia e inovação, um ponto de internet para uso da população no hospital Dr. João Pacheco Cavalcante.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>Dionízio Nogueira</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1523/requerimento_no_20_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado requerimento ao Diretor do DETRAN em Corrente-PI, o Sr. Humberto Setúbal._x000D_
 Solicitando explicações sobre a demora no atendimento das pessoas; e solicitando também a melhoria do prédio físico pois está muito deteriorado para os atendimentos dos funcionários que ali trabalham.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1524/requerimento_no_21_de_2025.pdf</t>
   </si>
   <si>
     <t>Solicitar que a cidade de Corrente receba o mutirão de catarata da SESAPI (Secretaria de Estado da Saúde do Piauí).</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
@@ -332,53 +353,50 @@
   </si>
   <si>
     <t>Dionízio Nogueira, Cristovam Neto, Maria Luiza, Naira Nogueira</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_no_23_de2025.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado o REQUERIMENTO ao SECRETÁRIO DE SAÚDE Sr.Thiago Cardozo, para colocar profissionais de Saúde da Secretaria Municipal de Saúde para Ievar ações nos dias do festejo da localidade Riacho Grande de 22 a 25 de agosto.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_no_24_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado o REQUERIMENTO a SECRETÁRIA DE DE.SENVOLVIMENTO SOCIAL E CIDADANIA A Sr". Ana Paula Lira, para_x000D_
 realizar um mutirão de ação social, nos dias do festejo da localidade Riacho Gi ande de 22 a 25 de agosto.</t>
   </si>
   <si>
     <t>1448</t>
-  </si>
-[...1 lines deleted...]
-    <t>26</t>
   </si>
   <si>
     <t>Rosivânia Ribeiro, Adélia Corado</t>
   </si>
   <si>
     <t>Que seja encaminhado requerimento a secretária de Desenvolvimento Social e Cidadania, Ana Paula Lira, para colocar profissionais de saúde da secretaria municipal de saúde para levar ações no mês de setembro, no período de festejo da localidade Fazenda de Cima.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Cristovam Neto, Robério Cabeleireiro</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1449/requerimento_no_27_cristovam_e_roberio.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado requerimento a secretária de Desenvolvimento Social e Cidadania Ana Paula Lira, para realizar um mutirão de ação social, na localidade Santa Marta.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
@@ -517,50 +535,62 @@
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1583/requerimento_no_44_de_2024.pdf</t>
   </si>
   <si>
     <t>Que seja solicitada ao Prefeito Municipal, Filemon José Francisco Paranaguá, a instituição em nosso município da CASA DA MULHER, a partir do ano 2026.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_no_45_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja implantada mais uma equipe de PSF para atender na área da UBS Evandro Reis, localizada no bairro Aeroporto. Pois pela quantidade de habitantes da referida área está com mais de 3.600 habitantes sendo atendidos por uma única Equipe de Saúde. A portaria do GM/MSN° 3.493/2024. Preconiza para os municípios com população entre 20.001 e 50.000 habitantes: parâmetros de 2.500 pessoas vinculadas ao e SF.</t>
   </si>
   <si>
+    <t>1594</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1594/requerimento_no_47_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam retomadas as obras e ainda, que seja dada a celeridade na conclusão da obra da Universidade Estadual do Piaui, Campus Dep. Jesualdo Cavalcanti Barros, que se encontra em reforma já há um bom tempo.</t>
+  </si>
+  <si>
     <t>1516</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1516/oficio_no_85__ldo_2026.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de Lei Ordinária nº 834/2025.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1559/requerimento_no_42_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado ao Executivo municipal para que seja feito a: Criação e Implantação do Plano Municipal de Segurança Pública.</t>
   </si>
   <si>
     <t>1331</t>
@@ -1023,53 +1053,50 @@
     <t>Que seja feita a Revitalização do canteiro central da da Rua Adolf John Terry.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_45_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a capina nas estradas vicinais da localidade Pindaíba</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_46_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a capina e iluminação nas áreas públicas do bairro Conviver.</t>
   </si>
   <si>
     <t>1379</t>
-  </si>
-[...1 lines deleted...]
-    <t>47</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_47_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a Poda das árvores do terminal rodoviário de Corrente</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_48_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feita a revitalização da faixa de segurança, faixa de pedestre em frente ao banco Caixa Econômica Federal</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>49</t>
   </si>
@@ -2500,50 +2527,441 @@
   <si>
     <t>Que seja recuperado o Muro da UBS Evandro Reis (Bairro Aeroporto).</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_no_259_de_2025.pdf</t>
   </si>
   <si>
     <t>Que seja feito seja encaminhado a Secretario Municipal de Infraestrutura a recuperação da ponte sobre o Riacho do Angico, localizada no trecho que liga a comunidade Bela Vista à comunidade Caxingó.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>INDICA ao Exmo. Sr. Prefeito Municipal, em conjunto com Senhor Secretário de Serviços Urbanos, após ouvido o plenário, que seja feito reparos dos buracos na Rua Plutônio Nogueira de Carvalho nas proximidades do Posto Rocha.</t>
   </si>
   <si>
+    <t>1585</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_no_261_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizado a recuperação da estrada da Malhada e Barriguda.</t>
+  </si>
+  <si>
+    <t>1586</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_no_262_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja recuperada a estrada da Porta do Araça.</t>
+  </si>
+  <si>
+    <t>1587</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1587/indicacao_no_263_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja tampado o buraco na Avenida Dom Pedro próximo ao IBC, Pois a qualquer momento pode gerar um acidente naquelas mediações.</t>
+  </si>
+  <si>
+    <t>1588</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_no_264_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a iluminação da ponte do Limoeiro pois está muito escuro para os moradores daquela região.</t>
+  </si>
+  <si>
+    <t>1589</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_no_265_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a iluminação da ponte do lsabela pois está muito escuro para os moradores daquela região; sendo que em breve está sendo feito a ponte nova</t>
+  </si>
+  <si>
+    <t>1590</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_266_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito seja feito um aterro e cascalhamento na Rua Sílvio Paulo Bairro Fernando Carlos Cavalcante</t>
+  </si>
+  <si>
+    <t>1591</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_no_267_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito seja feita a pavimentação das ruas Jurandir Pacheco Cavalcante e a continuação da Rua de Emídio no Bairro Fernando Carlos.</t>
+  </si>
+  <si>
+    <t>1592</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_no_268_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a recuperação do Bueiro do Celoura; que dá acesso aos moradores das localidades: Sussuapara, Barrocão e Araçá.</t>
+  </si>
+  <si>
+    <t>1593</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1593/indicacao_no_269_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito seja feito uma boca de lobo que está uma grota na rua Gabriel Ferreira, n°480 Bairro Sincerino( Proprietário da casa Elcione Sousa Lima) apelido Titinha.</t>
+  </si>
+  <si>
+    <t>1596</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_no_271_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja recuperada a estrada da Pindaiba-Região Morro Redondo.</t>
+  </si>
+  <si>
+    <t>1597</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_no_272_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a construção do muro da Escola José Joaquim de Oliveira na localidade Simplício.</t>
+  </si>
+  <si>
+    <t>1598</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_no_273_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a reforma da UBS do Celoura pois apresenta infiltração na estrutura e goteiras no telhado por telhas quebradas ou faltando.</t>
+  </si>
+  <si>
+    <t>1599</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_no_274_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito seja feito a reforma da UBS do Barreirão, por conta das rachaduras grave na estrutura.</t>
+  </si>
+  <si>
+    <t>1600</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1600/indicacao_no_275_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito seja feito a reforma da UBS do Simplício por conta das rachaduras e goteiras no telhado, infiltrações.</t>
+  </si>
+  <si>
+    <t>1601</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1601/indicacao_no_276_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a realização de estudo técnico para perfuração de poços artesianos a localidade Paraim de Cima.</t>
+  </si>
+  <si>
+    <t>1602</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1602/indicacao_no_277_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito dois quebra-molas na Rua Projetada I no bairro Aeroporto lI, em frente a primeira sede da empresa Fiel Alimentos.</t>
+  </si>
+  <si>
+    <t>1603</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1603/indicacao_no_278_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja contratado um médico oftalmológico.</t>
+  </si>
+  <si>
+    <t>1604</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1604/indicacao_no_279_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja contratado um fonoaudiólogo.</t>
+  </si>
+  <si>
+    <t>1605</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1605/indicacao_no_280_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito a iluminação e sinalização da ponte saída para o Riacho Frio.</t>
+  </si>
+  <si>
+    <t>1606</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_no_281_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que eja feito a recuperação das vias do loteamento no Bairro lsabela.</t>
+  </si>
+  <si>
+    <t>1607</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_no_282_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a recuperação de um buraco na Avenida Intendente próximo a igreja do Divino Espírito Santo Santo no Nova Corrente.</t>
+  </si>
+  <si>
+    <t>1608</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1608/indicacao_no_283_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita uma faixa de pedestre urna lombada de frente o NASF e frente a Prefeitura.</t>
+  </si>
+  <si>
+    <t>1609</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1609/indicacao_no_284_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a coleta do lixo na localidade Santa Marta pelo menos uma vez por semana.</t>
+  </si>
+  <si>
+    <t>1610</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_no_286_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja recuperada a Avenida Ema Etelvina próximo ao Vale do Amanhecer (bairro Vermelhão.</t>
+  </si>
+  <si>
+    <t>1611</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_no_287_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito seja feita a limpeza com capina e roço do Loteamento José de Freitas (próximo ao Conviver).</t>
+  </si>
+  <si>
+    <t>1612</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>Que seja feita a limpeza de todas as Ruas do Bairro Nova Corrente-PI</t>
+  </si>
+  <si>
+    <t>1613</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_no_289_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>1.	Que seja feita recuperação da Rua Gabriel Levi, Rua do IFPI-PI._x000D_
+2.	Que seja feita a recuperação da via pública da Quadra Pé na Areia. Bairro Nova Corrente.</t>
+  </si>
+  <si>
+    <t>1614</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_no_290_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita construído um campo Society na localidade Carrasco Região do Riacho Grande</t>
+  </si>
+  <si>
+    <t>1615</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_no_291_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a recuperação das ruas do Bairro lsabela</t>
+  </si>
+  <si>
+    <t>1616</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1616/indicacao_no_294_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feita a reforma da sala da medicação, e sala de triagem da UBS do Bairro Aeroporto II.</t>
+  </si>
+  <si>
+    <t>1617</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_no_295_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito reparos na estrada do Morro do pico, para sair no sentido Pedra Furada, passando na Malhada da Barra.</t>
+  </si>
+  <si>
+    <t>1618</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>Que seja feito o patrolamento e cascalhamento da Rua São Raimundo Nonato, próximo da Loja França Construções.</t>
+  </si>
+  <si>
+    <t>1619</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1619/indicacao_no_297_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito o patrolamento e cascalhamento da Rua Beira Rio nas proximidades do Bar e Churrascaria do Bode.</t>
+  </si>
+  <si>
     <t>1324</t>
   </si>
   <si>
     <t>OFLEG</t>
   </si>
   <si>
     <t>Oficio Legislativo</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1324/oficio_no_1_de_2025-dionizio_nogueira.pdf</t>
   </si>
   <si>
     <t>Solicitação de uma caixa d' água 10 mil litros, e instalação de rede elétrica.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1325/oficio_no_2_de_2025-dionizio_nogueira.pdf</t>
   </si>
   <si>
     <t>Solicitação de uma passagem molhada no Araça do Meio.</t>
   </si>
   <si>
     <t>1326</t>
@@ -2758,54 +3176,66 @@
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1406/projeto_de_lei_no_008_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da semana "Guarda- chuvas lilás" que visa instituir a semana municipal de combate a violência contra a Mulher no município de Corrente-Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_no_12_de_2025-_cristovam_neto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento de Utilidade Pública da Associação Comunitária dos Pequenos Produtores Rurais da Comunidade Impoeira e dá outras providências.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_lei_ordinario_no_13_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigação dos grandes geradores de destinarem recicláveis para associações e cooperativas de catadores e dá outras providências.</t>
   </si>
   <si>
-    <t>1505</t>
-[...2 lines deleted...]
-    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_no_13_de_2025.pdf</t>
+    <t>1584</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1584/projeto_de_lei__n_o_14_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação de logradouro e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1621</t>
+  </si>
+  <si>
+    <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1621/projeto_de_lei_no_15_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual — PPA do período de 2026 a 2029, do Município de Corrente, Estado do Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>OFEM</t>
   </si>
   <si>
     <t>Ofício Executivo Municipal</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1481/oficio_no_38_de_2025_balanco_geral.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de balanço geral de 2024.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1535/oficio_no_60_de_2025.pdf</t>
   </si>
@@ -3364,56 +3794,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1460/decretos_legislativo_no_28_julgamento_de_contas_pmc_2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1356/projeto_de_lei_no_001_de_2025-_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1410/projeto_de_lei_no_006_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_no_09_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1557/projeto_de_lei_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_resolucao_no_01_de_2025_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_de_resolucao_01_procuradoria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1357/requerimento_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1392/requerimento_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_no_8_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1427/requerimento_no_11_aegea.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1401/requerimento_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1523/requerimento_no_20_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1524/requerimento_no_21_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1547/requerimento_no_22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_no_23_de2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_no_24_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1449/requerimento_no_27_cristovam_e_roberio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1450/requerimento_no_28_roberio_e_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_no_33_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1430/requerimento_no_35_de_2025_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_no_36_2025_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1447/requerimento_no_25_adelia_e_rosivania.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1571/requerimento_no_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1553/requerimento_no_39__de_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1551/requerimento_no_40_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1560/requerimento_no_43_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1583/requerimento_no_44_de_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_no_45_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1516/oficio_no_85__ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1559/requerimento_no_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1332/indicacao_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_no_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_08_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_09_de_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_no_11_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_no_12_de_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_no_14_de_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_15_de_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_16_de_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_17_de_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_18_de_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_20_de_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_no_21_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_no_22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_no_23_de_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_no_24_de_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_no_25_de_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_26_de_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_no_27_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_no_28_de_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_no_29_de_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_no_30_de_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_no_31_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_no_32_de_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_no_34_de_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_no_35_de_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_no_36_de_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_no_37_de_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_39_de_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_40_de_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_no_41_de_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_43_de_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_44_de_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_45_de_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_46_de_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_47_de_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_48_de_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_50_de_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_no_51_de_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1546/oficio_74_entrega_de_balancete_pmc_abril.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_no_89_de_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_no_90_de_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_no_91_de_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_no_92_de_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_no_93_de_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_no_94_de_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_no_95_de_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_96_de_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_no_98_de_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_no_99_de_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_no_100_de_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_no_101_de_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_no_102_de_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_no_103_de_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_no_104_de_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_no_105_de_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_no_106_de_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_no_107_de_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_no_108_de_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_no_110_de_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_no_111_de_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_no_112_de_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_132_de_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_no_138_de_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_no_139_de_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_141_de_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_no_144_de_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_no_146_de_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_no_150.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_153_de_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_no_154_de_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_no_155_de_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_156_de_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_157_de_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_no_158_de_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_no_159_de_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_no_160_de_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_no_161_de_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_162_de_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_no_168_de_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_no_169_de_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_no_170_de_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_no_172_de_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_no_188_de_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_no_189_de_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_no_191_de_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1522/indicacao_no_192_de_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_no_194_de_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_no_195_de_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_no_196_de_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_no_197_de_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_no_198_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_no_199_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_no_200_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_no_201_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_no_204_de_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_205_de_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_no_207_de_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_no_208_de_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_no_209_de_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_no_210_de_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_no_211_de_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_no_212_naira_nogueira.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_no_213-_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_214__rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_no_215_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_no_216_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_no_217_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_no_218_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_219-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_220-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_221-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_222-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_223-_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_no_224-_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_no_225-_gustavo_lemos.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_no_226-_gustavo_lemos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_no_227-_maria_luiza.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_no_228-_maria_luiza.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacoes_no_230_de_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacoes_no_231_de_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacoes_no_233_de_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacoes_no_235_de_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacoes_no_236_de_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacoes_no_237_de_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_no_238_de_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_no_239_de_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_240_de_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1561/indicacao_no_241_de_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_no_242_de_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_243_de_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_244_de_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_no_245_de_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_no_246_de_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_no_249_de_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_251_de_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_no_252_de_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_no_253_de_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_254_de_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_255_de_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_256_de_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_257_de_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_no_258_de_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_no_259_de_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1324/oficio_no_1_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1325/oficio_no_2_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1326/oficio_no_3_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1327/oficio_no_4_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1328/oficio_no_6_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1359/oficio_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1507/requerimento_no_25_de_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1540/oficio_no_40_de_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1438/oficio_no_179_balancete_cmc.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1432/oficio_no_180_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1433/oficio_no_181_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1434/oficio_no_182_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1502/oficio_no_199_de_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1503/oficio_no_200_de_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1472/oficio_no_203_agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1499/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1396/projeto_de_lei_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1411/projeto_de_lei_no_005_de_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1500/projeto_no_6_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1406/projeto_de_lei_no_008_de_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_no_12_de_2025-_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_lei_ordinario_no_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1505/projeto_de_lei_no_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1481/oficio_no_38_de_2025_balanco_geral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1535/oficio_no_60_de_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1515/oficio_no_81__de_2025_ministerio_das_cidade.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1470/oficio_no_101_de_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1471/oficio_no_105_de_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1329/oficio_no_01_de_2025-_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1442/oficio_no_02_2025_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1330/oficio_no_03_de_2025-_gab._paulo_henrique.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1441/oficio_no_05_2025_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1435/oficio_no_6_de_2025_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1458/oficio_no_07_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1459/oficio_no_08_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1437/oficio_no_93_balancete_pmc.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1514/oficio_no_38_de_2025_corrente_prev.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1436/oficio_no_046_de_2025_correnteprev.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1469/oficio_no_52_de_2025_corrente_prev.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1554/oficio_no_56_corrente_prev.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1413/oficio_no_190_com_indicacao_no_216.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1414/oficio_no_191__indicacoes_no_217_e_218_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1415/oficio_no_192_com_indicacoes_no_219_a_222-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1501/requerimento_no_19_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1552/requerimento_no_37__de_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1460/decretos_legislativo_no_28_julgamento_de_contas_pmc_2017.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1356/projeto_de_lei_no_001_de_2025-_piso_magisterio.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1410/projeto_de_lei_no_006_de_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1400/projeto_de_lei_no_09_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1557/projeto_de_lei_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1620/projeto_de_lei_no_20_de_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1595/projeto_de_lei_no_26_de_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_resolucao_no_01_de_2025_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1556/projeto_de_resolucao_01_procuradoria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1357/requerimento_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1358/requerimento_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1383/requerimento_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1392/requerimento_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_no_8_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1427/requerimento_no_11_aegea.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1401/requerimento_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1523/requerimento_no_20_de_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1524/requerimento_no_21_de_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1547/requerimento_no_22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_no_23_de2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_no_24_de_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1449/requerimento_no_27_cristovam_e_roberio.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1450/requerimento_no_28_roberio_e_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1428/requerimento_no_33_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1430/requerimento_no_35_de_2025_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1431/requerimento_no_36_2025_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1447/requerimento_no_25_adelia_e_rosivania.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1571/requerimento_no_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1553/requerimento_no_39__de_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1551/requerimento_no_40_de_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1560/requerimento_no_43_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1583/requerimento_no_44_de_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1582/requerimento_no_45_de_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1594/requerimento_no_47_de_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1516/oficio_no_85__ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1559/requerimento_no_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_no_01_de_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1332/indicacao_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1334/indicacao_no_04_de_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1335/indicacao_no_05_de_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1336/indicacao_no_06_de_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_08_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_09_de_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_10_de_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_no_11_de_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_no_12_de_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1344/indicacao_no_14_de_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1345/indicacao_no_15_de_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1346/indicacao_no_16_de_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1347/indicacao_no_17_de_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_18_de_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_19_de_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_20_de_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_no_21_de_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_no_22_de_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_no_23_de_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1354/indicacao_no_24_de_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1536/indicacao_no_25_de_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_26_de_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1361/indicacao_no_27_de_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1362/indicacao_no_28_de_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1363/indicacao_no_29_de_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1364/indicacao_no_30_de_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1365/indicacao_no_31_de_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1366/indicacao_no_32_de_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1537/indicacao_no_34_de_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1538/indicacao_no_35_de_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1368/indicacao_no_36_de_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1369/indicacao_no_37_de_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_38_de_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_39_de_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_40_de_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_no_41_de_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_no_42_de_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1375/indicacao_no_43_de_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1376/indicacao_no_44_de_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_no_45_de_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1378/indicacao_no_46_de_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1379/indicacao_no_47_de_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1380/indicacao_no_48_de_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1382/indicacao_no_50_de_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1539/indicacao_no_51_de_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1546/oficio_74_entrega_de_balancete_pmc_abril.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1386/indicacao_no_89_de_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1387/indicacao_no_90_de_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1388/indicacao_no_91_de_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1389/indicacao_no_92_de_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1390/indicacao_no_93_de_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1391/indicacao_no_94_de_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_no_95_de_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1394/indicacao_no_96_de_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1482/indicacao_no_98_de_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1483/indicacao_no_99_de_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1484/indicacao_no_100_de_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1485/indicacao_no_101_de_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1486/indicacao_no_102_de_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1487/indicacao_no_103_de_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1488/indicacao_no_104_de_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1489/indicacao_no_105_de_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1490/indicacao_no_106_de_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1491/indicacao_no_107_de_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1492/indicacao_no_108_de_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1493/indicacao_no_110_de_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_no_111_de_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_no_112_de_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_132_de_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_no_138_de_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_no_139_de_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_141_de_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_no_144_de_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1531/indicacao_no_146_de_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_no_150.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_153_de_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_no_154_de_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1527/indicacao_no_155_de_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1528/indicacao_no_156_de_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1529/indicacao_no_157_de_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1532/indicacao_no_158_de_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1533/indicacao_no_159_de_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1534/indicacao_no_160_de_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1525/indicacao_no_161_de_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1526/indicacao_no_162_de_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1544/indicacao_no_168_de_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1545/indicacao_no_169_de_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1543/indicacao_no_170_de_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1542/indicacao_no_172_de_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1518/indicacao_no_188_de_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1519/indicacao_no_189_de_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1521/indicacao_no_191_de_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1522/indicacao_no_192_de_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1508/indicacao_no_194_de_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1509/indicacao_no_195_de_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1510/indicacao_no_196_de_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1511/indicacao_no_197_de_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_no_198_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_no_199_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_no_200_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_no_201_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1461/indicacao_no_204_de_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1462/indicacao_no_205_de_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1464/indicacao_no_207_de_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_no_208_de_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_no_209_de_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_no_210_de_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1467/indicacao_no_211_de_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1416/indicacao_no_212_naira_nogueira.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1417/indicacao_no_213-_eduardo_lobato.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1418/indicacao_no_214__rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1419/indicacao_no_215_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1420/indicacao_no_216_dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1421/indicacao_no_217_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1422/indicacao_no_218_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1423/indicacao_no_219-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_no_220-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_no_221-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_no_222-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1451/indicacao_no_223-_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1452/indicacao_no_224-_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1453/indicacao_no_225-_gustavo_lemos.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1454/indicacao_no_226-_gustavo_lemos.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1455/indicacao_no_227-_maria_luiza.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1456/indicacao_no_228-_maria_luiza.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacoes_no_230_de_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacoes_no_231_de_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacoes_no_233_de_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1480/indicacoes_no_235_de_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacoes_no_236_de_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1478/indicacoes_no_237_de_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1549/indicacao_no_238_de_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1550/indicacao_no_239_de_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1548/indicacao_no_240_de_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1561/indicacao_no_241_de_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1562/indicacao_no_242_de_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1563/indicacao_no_243_de_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1564/indicacao_no_244_de_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1565/indicacao_no_245_de_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1566/indicacao_no_246_de_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1569/indicacao_no_249_de_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1572/indicacao_no_251_de_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1573/indicacao_no_252_de_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1574/indicacao_no_253_de_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1575/indicacao_no_254_de_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1576/indicacao_no_255_de_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1577/indicacao_no_256_de_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1578/indicacao_no_257_de_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1579/indicacao_no_258_de_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1580/indicacao_no_259_de_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1585/indicacao_no_261_de_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1586/indicacao_no_262_de_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1587/indicacao_no_263_de_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1588/indicacao_no_264_de_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1589/indicacao_no_265_de_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1590/indicacao_no_266_de_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1591/indicacao_no_267_de_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1592/indicacao_no_268_de_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1593/indicacao_no_269_de_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1596/indicacao_no_271_de_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1597/indicacao_no_272_de_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1598/indicacao_no_273_de_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1599/indicacao_no_274_de_2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1600/indicacao_no_275_de_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1601/indicacao_no_276_de_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1602/indicacao_no_277_de_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1603/indicacao_no_278_de_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1604/indicacao_no_279_de_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1605/indicacao_no_280_de_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1606/indicacao_no_281_de_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1607/indicacao_no_282_de_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1608/indicacao_no_283_de_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1609/indicacao_no_284_de_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1610/indicacao_no_286_de_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1611/indicacao_no_287_de_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1613/indicacao_no_289_de_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1614/indicacao_no_290_de_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1615/indicacao_no_291_de_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1616/indicacao_no_294_de_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1617/indicacao_no_295_de_2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1619/indicacao_no_297_de_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1324/oficio_no_1_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1325/oficio_no_2_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1326/oficio_no_3_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1327/oficio_no_4_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1328/oficio_no_6_de_2025-dionizio_nogueira.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1359/oficio_no_9_de_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1507/requerimento_no_25_de_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1540/oficio_no_40_de_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1438/oficio_no_179_balancete_cmc.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1432/oficio_no_180_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1433/oficio_no_181_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1434/oficio_no_182_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1502/oficio_no_199_de_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1503/oficio_no_200_de_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1472/oficio_no_203_agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1499/projeto_de_lei_01_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1396/projeto_de_lei_no_02_de_2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1397/projeto_de_lei_no_03_de_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1411/projeto_de_lei_no_005_de_2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1500/projeto_no_6_2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_no_07_de_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1406/projeto_de_lei_no_008_de_2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_no_12_de_2025-_cristovam_neto.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1479/projeto_de_lei_ordinario_no_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1584/projeto_de_lei__n_o_14_de_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1621/projeto_de_lei_no_15_de_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1481/oficio_no_38_de_2025_balanco_geral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1535/oficio_no_60_de_2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1515/oficio_no_81__de_2025_ministerio_das_cidade.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1470/oficio_no_101_de_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1471/oficio_no_105_de_2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1329/oficio_no_01_de_2025-_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1442/oficio_no_02_2025_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1330/oficio_no_03_de_2025-_gab._paulo_henrique.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1441/oficio_no_05_2025_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1435/oficio_no_6_de_2025_rosivania_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1458/oficio_no_07_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1459/oficio_no_08_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1437/oficio_no_93_balancete_pmc.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1514/oficio_no_38_de_2025_corrente_prev.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1436/oficio_no_046_de_2025_correnteprev.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1469/oficio_no_52_de_2025_corrente_prev.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1554/oficio_no_56_corrente_prev.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1413/oficio_no_190_com_indicacao_no_216.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1414/oficio_no_191__indicacoes_no_217_e_218_adelia_corado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1415/oficio_no_192_com_indicacoes_no_219_a_222-_salmeron_filho.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1501/requerimento_no_19_2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.corrente.pi.leg.br/media/sapl/public/materialegislativa/2025/1552/requerimento_no_37__de_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H261"/>
+  <dimension ref="A1:H298"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="157.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="131.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -3571,6635 +4001,7594 @@
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
       <c r="E7" t="s">
         <v>18</v>
       </c>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
+        <v>18</v>
+      </c>
+      <c r="F8" t="s">
+        <v>19</v>
+      </c>
+      <c r="G8" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="F8" t="s">
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" t="s">
+        <v>18</v>
+      </c>
+      <c r="F9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>45</v>
-      </c>
-[...13 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>16</v>
       </c>
       <c r="D10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" t="s">
         <v>49</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="F10" t="s">
+      <c r="H10" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>52</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B11" t="s">
-[...11 lines deleted...]
-      <c r="F11" t="s">
+      <c r="H11" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" t="s">
         <v>58</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="F12" t="s">
         <v>59</v>
       </c>
-      <c r="D12" t="s">
-[...5 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="G12" s="1" t="s">
+      <c r="H12" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>53</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" t="s">
         <v>63</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="G13" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="D13" t="s">
-[...5 lines deleted...]
-      <c r="F13" t="s">
+      <c r="H13" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
+        <v>66</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" t="s">
+        <v>57</v>
+      </c>
+      <c r="E14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" t="s">
         <v>68</v>
       </c>
-      <c r="B14" t="s">
-[...2 lines deleted...]
-      <c r="C14" t="s">
+      <c r="G14" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="D14" t="s">
-[...8 lines deleted...]
-      <c r="G14" s="1" t="s">
+      <c r="H14" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
         <v>72</v>
       </c>
-      <c r="B15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E15" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="F15" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H15" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D16" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E16" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="F16" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H16" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E17" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="F17" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>81</v>
       </c>
       <c r="H17" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
         <v>83</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>57</v>
+      </c>
+      <c r="E18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
         <v>84</v>
       </c>
-      <c r="D18" t="s">
-[...5 lines deleted...]
-      <c r="F18" t="s">
+      <c r="G18" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="G18" s="1" t="s">
+      <c r="H18" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>35</v>
+      </c>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" t="s">
+        <v>58</v>
+      </c>
+      <c r="F19" t="s">
         <v>88</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="G19" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="D19" t="s">
-[...8 lines deleted...]
-      <c r="G19" s="1" t="s">
+      <c r="H19" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>91</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>39</v>
+      </c>
+      <c r="D20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" t="s">
+        <v>58</v>
+      </c>
+      <c r="F20" t="s">
         <v>92</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="G20" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="D20" t="s">
-[...8 lines deleted...]
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>95</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>96</v>
       </c>
-      <c r="B21" t="s">
-[...2 lines deleted...]
-      <c r="C21" t="s">
+      <c r="D21" t="s">
+        <v>57</v>
+      </c>
+      <c r="E21" t="s">
+        <v>58</v>
+      </c>
+      <c r="F21" t="s">
+        <v>68</v>
+      </c>
+      <c r="G21" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="D21" t="s">
-[...5 lines deleted...]
-      <c r="F21" t="s">
+      <c r="H21" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>100</v>
+      </c>
+      <c r="D22" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" t="s">
+        <v>58</v>
+      </c>
+      <c r="F22" t="s">
+        <v>73</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="H22" t="s">
         <v>102</v>
-      </c>
-[...13 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>103</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>104</v>
+      </c>
+      <c r="D23" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" t="s">
+        <v>58</v>
+      </c>
+      <c r="F23" t="s">
         <v>105</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="G23" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="D23" t="s">
-[...5 lines deleted...]
-      <c r="F23" t="s">
+      <c r="H23" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>108</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
         <v>109</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>57</v>
+      </c>
+      <c r="E24" t="s">
+        <v>58</v>
+      </c>
+      <c r="F24" t="s">
+        <v>105</v>
+      </c>
+      <c r="G24" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24" t="s">
+      <c r="H24" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
+        <v>112</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>43</v>
+      </c>
+      <c r="D25" t="s">
+        <v>57</v>
+      </c>
+      <c r="E25" t="s">
+        <v>58</v>
+      </c>
+      <c r="F25" t="s">
+        <v>113</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H25" t="s">
         <v>114</v>
-      </c>
-[...19 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>116</v>
+      </c>
+      <c r="D26" t="s">
+        <v>57</v>
+      </c>
+      <c r="E26" t="s">
+        <v>58</v>
+      </c>
+      <c r="F26" t="s">
         <v>117</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="G26" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="D26" t="s">
-[...8 lines deleted...]
-      <c r="G26" s="1" t="s">
+      <c r="H26" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" t="s">
+        <v>57</v>
+      </c>
+      <c r="E27" t="s">
+        <v>58</v>
+      </c>
+      <c r="F27" t="s">
+        <v>117</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="H27" t="s">
         <v>122</v>
-      </c>
-[...13 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
+        <v>123</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
         <v>124</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E28" t="s">
+        <v>58</v>
+      </c>
+      <c r="F28" t="s">
+        <v>92</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="D28" t="s">
-[...8 lines deleted...]
-      <c r="G28" s="1" t="s">
+      <c r="H28" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>127</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>128</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>57</v>
+      </c>
+      <c r="E29" t="s">
+        <v>58</v>
+      </c>
+      <c r="F29" t="s">
+        <v>88</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H29" t="s">
         <v>129</v>
-      </c>
-[...13 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>130</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>131</v>
+      </c>
+      <c r="D30" t="s">
+        <v>57</v>
+      </c>
+      <c r="E30" t="s">
+        <v>58</v>
+      </c>
+      <c r="F30" t="s">
+        <v>92</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H30" t="s">
         <v>133</v>
-      </c>
-[...19 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>134</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>135</v>
+      </c>
+      <c r="D31" t="s">
+        <v>57</v>
+      </c>
+      <c r="E31" t="s">
+        <v>58</v>
+      </c>
+      <c r="F31" t="s">
+        <v>136</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>137</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="H31" t="s">
         <v>138</v>
-      </c>
-[...13 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>139</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>140</v>
+      </c>
+      <c r="D32" t="s">
+        <v>57</v>
+      </c>
+      <c r="E32" t="s">
+        <v>58</v>
+      </c>
+      <c r="F32" t="s">
+        <v>113</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H32" t="s">
         <v>142</v>
-      </c>
-[...19 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>143</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>144</v>
+      </c>
+      <c r="D33" t="s">
+        <v>57</v>
+      </c>
+      <c r="E33" t="s">
+        <v>58</v>
+      </c>
+      <c r="F33" t="s">
+        <v>145</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="H33" t="s">
         <v>147</v>
-      </c>
-[...13 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>149</v>
+      </c>
+      <c r="D34" t="s">
+        <v>57</v>
+      </c>
+      <c r="E34" t="s">
+        <v>58</v>
+      </c>
+      <c r="F34" t="s">
+        <v>92</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="H34" t="s">
         <v>151</v>
-      </c>
-[...19 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>153</v>
+      </c>
+      <c r="D35" t="s">
+        <v>57</v>
+      </c>
+      <c r="E35" t="s">
+        <v>58</v>
+      </c>
+      <c r="F35" t="s">
         <v>154</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="G35" s="1" t="s">
         <v>155</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>157</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>158</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>57</v>
+      </c>
+      <c r="E36" t="s">
+        <v>58</v>
+      </c>
+      <c r="F36" t="s">
+        <v>136</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H36" t="s">
         <v>159</v>
-      </c>
-[...13 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>160</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>161</v>
+      </c>
+      <c r="D37" t="s">
+        <v>57</v>
+      </c>
+      <c r="E37" t="s">
+        <v>58</v>
+      </c>
+      <c r="F37" t="s">
+        <v>136</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="H37" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>164</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>165</v>
+      </c>
+      <c r="D38" t="s">
+        <v>57</v>
+      </c>
+      <c r="E38" t="s">
+        <v>58</v>
+      </c>
+      <c r="F38" t="s">
+        <v>88</v>
+      </c>
+      <c r="G38" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="B38" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="H38" t="s">
         <v>167</v>
-      </c>
-[...13 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>169</v>
+      </c>
+      <c r="D39" t="s">
+        <v>57</v>
+      </c>
+      <c r="E39" t="s">
+        <v>58</v>
+      </c>
+      <c r="F39" t="s">
+        <v>154</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="H39" t="s">
         <v>171</v>
-      </c>
-[...13 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>172</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>173</v>
+      </c>
+      <c r="D40" t="s">
+        <v>57</v>
+      </c>
+      <c r="E40" t="s">
+        <v>58</v>
+      </c>
+      <c r="F40" t="s">
+        <v>88</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="B40" t="s">
-[...5 lines deleted...]
-      <c r="D40" t="s">
+      <c r="H40" t="s">
         <v>175</v>
-      </c>
-[...10 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>45</v>
+        <v>177</v>
       </c>
       <c r="D41" t="s">
-        <v>175</v>
+        <v>57</v>
       </c>
       <c r="E41" t="s">
-        <v>176</v>
+        <v>58</v>
       </c>
       <c r="F41" t="s">
-        <v>85</v>
+        <v>19</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="H41" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>180</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>181</v>
+      </c>
+      <c r="D42" t="s">
+        <v>57</v>
+      </c>
+      <c r="E42" t="s">
+        <v>58</v>
+      </c>
+      <c r="F42" t="s">
+        <v>136</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="H42" t="s">
         <v>183</v>
-      </c>
-[...19 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>184</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>16</v>
+      </c>
+      <c r="D43" t="s">
+        <v>185</v>
+      </c>
+      <c r="E43" t="s">
+        <v>186</v>
+      </c>
+      <c r="F43" t="s">
         <v>187</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="G43" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" t="s">
+      <c r="H43" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>190</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>53</v>
+      </c>
+      <c r="D44" t="s">
+        <v>185</v>
+      </c>
+      <c r="E44" t="s">
+        <v>186</v>
+      </c>
+      <c r="F44" t="s">
+        <v>92</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H44" t="s">
         <v>192</v>
-      </c>
-[...19 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>193</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>67</v>
+      </c>
+      <c r="D45" t="s">
+        <v>185</v>
+      </c>
+      <c r="E45" t="s">
+        <v>186</v>
+      </c>
+      <c r="F45" t="s">
+        <v>194</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H45" t="s">
         <v>196</v>
-      </c>
-[...19 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>197</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>198</v>
+      </c>
+      <c r="D46" t="s">
+        <v>185</v>
+      </c>
+      <c r="E46" t="s">
+        <v>186</v>
+      </c>
+      <c r="F46" t="s">
         <v>199</v>
-      </c>
-[...13 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>200</v>
       </c>
       <c r="H46" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>202</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>69</v>
+        <v>203</v>
       </c>
       <c r="D47" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E47" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F47" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H47" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>206</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D48" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E48" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F48" t="s">
-        <v>55</v>
+        <v>154</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>207</v>
       </c>
       <c r="H48" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>209</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
+        <v>72</v>
+      </c>
+      <c r="D49" t="s">
+        <v>185</v>
+      </c>
+      <c r="E49" t="s">
+        <v>186</v>
+      </c>
+      <c r="F49" t="s">
+        <v>154</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>212</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>77</v>
+      </c>
+      <c r="D50" t="s">
+        <v>185</v>
+      </c>
+      <c r="E50" t="s">
+        <v>186</v>
+      </c>
+      <c r="F50" t="s">
         <v>213</v>
       </c>
-      <c r="B50" t="s">
-[...11 lines deleted...]
-      <c r="F50" t="s">
+      <c r="G50" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>216</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>27</v>
+      </c>
+      <c r="D51" t="s">
+        <v>185</v>
+      </c>
+      <c r="E51" t="s">
+        <v>186</v>
+      </c>
+      <c r="F51" t="s">
+        <v>63</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>217</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="H51" t="s">
         <v>218</v>
-      </c>
-[...13 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>219</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>220</v>
+      </c>
+      <c r="D52" t="s">
+        <v>185</v>
+      </c>
+      <c r="E52" t="s">
+        <v>186</v>
+      </c>
+      <c r="F52" t="s">
+        <v>63</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="H52" t="s">
         <v>222</v>
-      </c>
-[...13 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>223</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>83</v>
+      </c>
+      <c r="D53" t="s">
+        <v>185</v>
+      </c>
+      <c r="E53" t="s">
+        <v>186</v>
+      </c>
+      <c r="F53" t="s">
         <v>224</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="G53" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="D53" t="s">
-[...8 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>227</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>228</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>185</v>
+      </c>
+      <c r="E54" t="s">
+        <v>186</v>
+      </c>
+      <c r="F54" t="s">
+        <v>68</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>229</v>
       </c>
-      <c r="D54" t="s">
-[...8 lines deleted...]
-      <c r="G54" s="1" t="s">
+      <c r="H54" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>231</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
         <v>232</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>185</v>
+      </c>
+      <c r="E55" t="s">
+        <v>186</v>
+      </c>
+      <c r="F55" t="s">
+        <v>68</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H55" t="s">
         <v>233</v>
-      </c>
-[...13 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>234</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>235</v>
+      </c>
+      <c r="D56" t="s">
+        <v>185</v>
+      </c>
+      <c r="E56" t="s">
+        <v>186</v>
+      </c>
+      <c r="F56" t="s">
+        <v>68</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="H56" t="s">
         <v>237</v>
-      </c>
-[...13 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>238</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>239</v>
+      </c>
+      <c r="D57" t="s">
+        <v>185</v>
+      </c>
+      <c r="E57" t="s">
+        <v>186</v>
+      </c>
+      <c r="F57" t="s">
+        <v>68</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="B57" t="s">
-[...14 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>242</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>243</v>
       </c>
-      <c r="B58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D58" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E58" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F58" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>244</v>
       </c>
       <c r="H58" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>246</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>84</v>
+        <v>247</v>
       </c>
       <c r="D59" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E59" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F59" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H59" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="D60" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E60" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F60" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H60" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>93</v>
+        <v>35</v>
       </c>
       <c r="D61" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E61" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F61" t="s">
-        <v>130</v>
+        <v>68</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H61" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>97</v>
+        <v>39</v>
       </c>
       <c r="D62" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E62" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F62" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H62" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="D63" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E63" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F63" t="s">
-        <v>65</v>
+        <v>88</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H63" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>262</v>
+        <v>100</v>
       </c>
       <c r="D64" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E64" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F64" t="s">
-        <v>85</v>
+        <v>136</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>263</v>
       </c>
       <c r="H64" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>265</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D65" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E65" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F65" t="s">
-        <v>148</v>
+        <v>117</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>266</v>
       </c>
       <c r="H65" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>268</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D66" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E66" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F66" t="s">
-        <v>148</v>
+        <v>73</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>269</v>
       </c>
       <c r="H66" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>271</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>272</v>
       </c>
       <c r="D67" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E67" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F67" t="s">
-        <v>148</v>
+        <v>92</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H67" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>275</v>
+        <v>43</v>
       </c>
       <c r="D68" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E68" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F68" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>276</v>
       </c>
       <c r="H68" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>278</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
+        <v>116</v>
+      </c>
+      <c r="D69" t="s">
+        <v>185</v>
+      </c>
+      <c r="E69" t="s">
+        <v>186</v>
+      </c>
+      <c r="F69" t="s">
+        <v>154</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="D69" t="s">
-[...8 lines deleted...]
-      <c r="G69" s="1" t="s">
+      <c r="H69" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>281</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>10</v>
+      </c>
+      <c r="D70" t="s">
+        <v>185</v>
+      </c>
+      <c r="E70" t="s">
+        <v>186</v>
+      </c>
+      <c r="F70" t="s">
+        <v>154</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="C70" t="s">
+      <c r="H70" t="s">
         <v>283</v>
-      </c>
-[...13 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>284</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>285</v>
+      </c>
+      <c r="D71" t="s">
+        <v>185</v>
+      </c>
+      <c r="E71" t="s">
+        <v>186</v>
+      </c>
+      <c r="F71" t="s">
+        <v>154</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B71" t="s">
-[...2 lines deleted...]
-      <c r="C71" t="s">
+      <c r="H71" t="s">
         <v>287</v>
-      </c>
-[...13 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>288</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>289</v>
+      </c>
+      <c r="D72" t="s">
+        <v>185</v>
+      </c>
+      <c r="E72" t="s">
+        <v>186</v>
+      </c>
+      <c r="F72" t="s">
+        <v>154</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>290</v>
-      </c>
-[...16 lines deleted...]
-        <v>32</v>
       </c>
       <c r="H72" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>292</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>122</v>
+        <v>293</v>
       </c>
       <c r="D73" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E73" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F73" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H73" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>125</v>
+        <v>297</v>
       </c>
       <c r="D74" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E74" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F74" t="s">
-        <v>85</v>
+        <v>154</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H74" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="D75" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E75" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F75" t="s">
-        <v>130</v>
+        <v>154</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>299</v>
+        <v>32</v>
       </c>
       <c r="H75" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D76" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E76" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F76" t="s">
-        <v>302</v>
+        <v>92</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>303</v>
       </c>
       <c r="H76" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>305</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="D77" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E77" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F77" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>306</v>
       </c>
       <c r="H77" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>308</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="D78" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E78" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F78" t="s">
-        <v>60</v>
+        <v>136</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>309</v>
       </c>
       <c r="H78" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>311</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="D79" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E79" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F79" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H79" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>152</v>
+        <v>144</v>
       </c>
       <c r="D80" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E80" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F80" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H80" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>318</v>
+        <v>149</v>
       </c>
       <c r="D81" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E81" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F81" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>319</v>
       </c>
       <c r="H81" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>321</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D82" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E82" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F82" t="s">
-        <v>60</v>
+        <v>312</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>322</v>
       </c>
       <c r="H82" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>324</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D83" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E83" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F83" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>325</v>
       </c>
       <c r="H83" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>327</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>163</v>
+        <v>328</v>
       </c>
       <c r="D84" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E84" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F84" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H84" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>331</v>
+        <v>161</v>
       </c>
       <c r="D85" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E85" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F85" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>332</v>
       </c>
       <c r="H85" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>334</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
+        <v>165</v>
+      </c>
+      <c r="D86" t="s">
+        <v>185</v>
+      </c>
+      <c r="E86" t="s">
+        <v>186</v>
+      </c>
+      <c r="F86" t="s">
+        <v>68</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="D86" t="s">
-[...5 lines deleted...]
-      <c r="G86" s="1" t="s">
+      <c r="H86" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>337</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>169</v>
+      </c>
+      <c r="D87" t="s">
+        <v>185</v>
+      </c>
+      <c r="E87" t="s">
+        <v>186</v>
+      </c>
+      <c r="F87" t="s">
+        <v>68</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>338</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="H87" t="s">
         <v>339</v>
-      </c>
-[...13 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>340</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>341</v>
+      </c>
+      <c r="D88" t="s">
+        <v>185</v>
+      </c>
+      <c r="E88" t="s">
+        <v>186</v>
+      </c>
+      <c r="F88" t="s">
+        <v>68</v>
+      </c>
+      <c r="G88" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="B88" t="s">
-[...2 lines deleted...]
-      <c r="C88" t="s">
+      <c r="H88" t="s">
         <v>343</v>
-      </c>
-[...13 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>344</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>173</v>
+      </c>
+      <c r="D89" t="s">
+        <v>185</v>
+      </c>
+      <c r="E89" t="s">
+        <v>186</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H89" t="s">
         <v>346</v>
-      </c>
-[...19 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>347</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>348</v>
+      </c>
+      <c r="D90" t="s">
+        <v>185</v>
+      </c>
+      <c r="E90" t="s">
+        <v>186</v>
+      </c>
+      <c r="F90" t="s">
+        <v>68</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H90" t="s">
         <v>350</v>
-      </c>
-[...19 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>351</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>352</v>
+      </c>
+      <c r="D91" t="s">
+        <v>185</v>
+      </c>
+      <c r="E91" t="s">
+        <v>186</v>
+      </c>
+      <c r="F91" t="s">
+        <v>353</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H91" t="s">
         <v>354</v>
-      </c>
-[...19 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>355</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>356</v>
+      </c>
+      <c r="D92" t="s">
+        <v>185</v>
+      </c>
+      <c r="E92" t="s">
+        <v>186</v>
+      </c>
+      <c r="F92" t="s">
+        <v>136</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H92" t="s">
         <v>358</v>
-      </c>
-[...19 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>359</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>360</v>
+      </c>
+      <c r="D93" t="s">
+        <v>185</v>
+      </c>
+      <c r="E93" t="s">
+        <v>186</v>
+      </c>
+      <c r="F93" t="s">
+        <v>73</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H93" t="s">
         <v>362</v>
-      </c>
-[...19 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>363</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>364</v>
+      </c>
+      <c r="D94" t="s">
+        <v>185</v>
+      </c>
+      <c r="E94" t="s">
+        <v>186</v>
+      </c>
+      <c r="F94" t="s">
+        <v>19</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H94" t="s">
         <v>366</v>
-      </c>
-[...19 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
+        <v>367</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>368</v>
+      </c>
+      <c r="D95" t="s">
+        <v>185</v>
+      </c>
+      <c r="E95" t="s">
+        <v>186</v>
+      </c>
+      <c r="F95" t="s">
+        <v>92</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H95" t="s">
         <v>370</v>
-      </c>
-[...19 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>371</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>372</v>
+      </c>
+      <c r="D96" t="s">
+        <v>185</v>
+      </c>
+      <c r="E96" t="s">
+        <v>186</v>
+      </c>
+      <c r="F96" t="s">
+        <v>154</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H96" t="s">
         <v>374</v>
-      </c>
-[...19 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
+        <v>375</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>376</v>
+      </c>
+      <c r="D97" t="s">
+        <v>185</v>
+      </c>
+      <c r="E97" t="s">
+        <v>186</v>
+      </c>
+      <c r="F97" t="s">
+        <v>154</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H97" t="s">
         <v>378</v>
-      </c>
-[...19 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>379</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>380</v>
+      </c>
+      <c r="D98" t="s">
+        <v>185</v>
+      </c>
+      <c r="E98" t="s">
+        <v>186</v>
+      </c>
+      <c r="F98" t="s">
+        <v>154</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H98" t="s">
         <v>382</v>
-      </c>
-[...19 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>383</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>384</v>
+      </c>
+      <c r="D99" t="s">
+        <v>185</v>
+      </c>
+      <c r="E99" t="s">
+        <v>186</v>
+      </c>
+      <c r="F99" t="s">
+        <v>154</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H99" t="s">
         <v>386</v>
-      </c>
-[...19 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
+        <v>387</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>388</v>
+      </c>
+      <c r="D100" t="s">
+        <v>185</v>
+      </c>
+      <c r="E100" t="s">
+        <v>186</v>
+      </c>
+      <c r="F100" t="s">
+        <v>154</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H100" t="s">
         <v>390</v>
-      </c>
-[...19 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>391</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>392</v>
+      </c>
+      <c r="D101" t="s">
+        <v>185</v>
+      </c>
+      <c r="E101" t="s">
+        <v>186</v>
+      </c>
+      <c r="F101" t="s">
+        <v>73</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H101" t="s">
         <v>394</v>
-      </c>
-[...19 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>395</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>396</v>
+      </c>
+      <c r="D102" t="s">
+        <v>185</v>
+      </c>
+      <c r="E102" t="s">
+        <v>186</v>
+      </c>
+      <c r="F102" t="s">
+        <v>73</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H102" t="s">
         <v>398</v>
-      </c>
-[...19 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>399</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>400</v>
+      </c>
+      <c r="D103" t="s">
+        <v>185</v>
+      </c>
+      <c r="E103" t="s">
+        <v>186</v>
+      </c>
+      <c r="F103" t="s">
+        <v>68</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H103" t="s">
         <v>402</v>
-      </c>
-[...19 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>403</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>404</v>
+      </c>
+      <c r="D104" t="s">
+        <v>185</v>
+      </c>
+      <c r="E104" t="s">
+        <v>186</v>
+      </c>
+      <c r="F104" t="s">
+        <v>68</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H104" t="s">
         <v>406</v>
-      </c>
-[...19 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>407</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>408</v>
+      </c>
+      <c r="D105" t="s">
+        <v>185</v>
+      </c>
+      <c r="E105" t="s">
+        <v>186</v>
+      </c>
+      <c r="F105" t="s">
+        <v>68</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H105" t="s">
         <v>410</v>
-      </c>
-[...19 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
+        <v>411</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>412</v>
+      </c>
+      <c r="D106" t="s">
+        <v>185</v>
+      </c>
+      <c r="E106" t="s">
+        <v>186</v>
+      </c>
+      <c r="F106" t="s">
+        <v>224</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H106" t="s">
         <v>414</v>
-      </c>
-[...19 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
+        <v>415</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>416</v>
+      </c>
+      <c r="D107" t="s">
+        <v>185</v>
+      </c>
+      <c r="E107" t="s">
+        <v>186</v>
+      </c>
+      <c r="F107" t="s">
+        <v>224</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H107" t="s">
         <v>418</v>
-      </c>
-[...19 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="D108" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E108" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F108" t="s">
-        <v>148</v>
+        <v>224</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="H108" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="D109" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E109" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F109" t="s">
-        <v>65</v>
+        <v>224</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="H109" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
+        <v>427</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>428</v>
+      </c>
+      <c r="D110" t="s">
+        <v>185</v>
+      </c>
+      <c r="E110" t="s">
+        <v>186</v>
+      </c>
+      <c r="F110" t="s">
+        <v>429</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="H110" t="s">
         <v>431</v>
-      </c>
-[...19 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>432</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>433</v>
+      </c>
+      <c r="D111" t="s">
+        <v>185</v>
+      </c>
+      <c r="E111" t="s">
+        <v>186</v>
+      </c>
+      <c r="F111" t="s">
+        <v>154</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H111" t="s">
         <v>435</v>
-      </c>
-[...19 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>436</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>437</v>
+      </c>
+      <c r="D112" t="s">
+        <v>185</v>
+      </c>
+      <c r="E112" t="s">
+        <v>186</v>
+      </c>
+      <c r="F112" t="s">
+        <v>73</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H112" t="s">
         <v>439</v>
-      </c>
-[...19 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>440</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>441</v>
+      </c>
+      <c r="D113" t="s">
+        <v>185</v>
+      </c>
+      <c r="E113" t="s">
+        <v>186</v>
+      </c>
+      <c r="F113" t="s">
+        <v>73</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="H113" t="s">
         <v>443</v>
-      </c>
-[...19 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>444</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>445</v>
+      </c>
+      <c r="D114" t="s">
+        <v>185</v>
+      </c>
+      <c r="E114" t="s">
+        <v>186</v>
+      </c>
+      <c r="F114" t="s">
+        <v>92</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H114" t="s">
         <v>447</v>
-      </c>
-[...19 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
+        <v>448</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>449</v>
+      </c>
+      <c r="D115" t="s">
+        <v>185</v>
+      </c>
+      <c r="E115" t="s">
+        <v>186</v>
+      </c>
+      <c r="F115" t="s">
+        <v>136</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H115" t="s">
         <v>451</v>
-      </c>
-[...19 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>452</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>453</v>
+      </c>
+      <c r="D116" t="s">
+        <v>185</v>
+      </c>
+      <c r="E116" t="s">
+        <v>186</v>
+      </c>
+      <c r="F116" t="s">
+        <v>224</v>
+      </c>
+      <c r="G116" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="B116" t="s">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="H116" t="s">
         <v>455</v>
-      </c>
-[...13 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>456</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>457</v>
+      </c>
+      <c r="D117" t="s">
+        <v>185</v>
+      </c>
+      <c r="E117" t="s">
+        <v>186</v>
+      </c>
+      <c r="F117" t="s">
+        <v>92</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>458</v>
       </c>
-      <c r="B117" t="s">
-[...2 lines deleted...]
-      <c r="C117" t="s">
+      <c r="H117" t="s">
         <v>459</v>
-      </c>
-[...13 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>460</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>461</v>
+      </c>
+      <c r="D118" t="s">
+        <v>185</v>
+      </c>
+      <c r="E118" t="s">
+        <v>186</v>
+      </c>
+      <c r="F118" t="s">
+        <v>63</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H118" t="s">
         <v>462</v>
-      </c>
-[...19 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>463</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>464</v>
+      </c>
+      <c r="D119" t="s">
+        <v>185</v>
+      </c>
+      <c r="E119" t="s">
+        <v>186</v>
+      </c>
+      <c r="F119" t="s">
+        <v>154</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="H119" t="s">
         <v>466</v>
-      </c>
-[...19 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>467</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>468</v>
+      </c>
+      <c r="D120" t="s">
+        <v>185</v>
+      </c>
+      <c r="E120" t="s">
+        <v>186</v>
+      </c>
+      <c r="F120" t="s">
+        <v>154</v>
+      </c>
+      <c r="G120" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="B120" t="s">
-[...2 lines deleted...]
-      <c r="C120" t="s">
+      <c r="H120" t="s">
         <v>470</v>
-      </c>
-[...13 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>471</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>472</v>
+      </c>
+      <c r="D121" t="s">
+        <v>185</v>
+      </c>
+      <c r="E121" t="s">
+        <v>186</v>
+      </c>
+      <c r="F121" t="s">
+        <v>63</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>473</v>
       </c>
-      <c r="B121" t="s">
-[...2 lines deleted...]
-      <c r="C121" t="s">
+      <c r="H121" t="s">
         <v>474</v>
-      </c>
-[...13 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>475</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
         <v>476</v>
       </c>
-      <c r="B122" t="s">
-[...2 lines deleted...]
-      <c r="C122" t="s">
+      <c r="D122" t="s">
+        <v>185</v>
+      </c>
+      <c r="E122" t="s">
+        <v>186</v>
+      </c>
+      <c r="F122" t="s">
+        <v>63</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H122" t="s">
         <v>477</v>
-      </c>
-[...13 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>478</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>479</v>
+      </c>
+      <c r="D123" t="s">
+        <v>185</v>
+      </c>
+      <c r="E123" t="s">
+        <v>186</v>
+      </c>
+      <c r="F123" t="s">
+        <v>92</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="B123" t="s">
-[...2 lines deleted...]
-      <c r="C123" t="s">
+      <c r="H123" t="s">
         <v>481</v>
-      </c>
-[...13 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
+        <v>482</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>483</v>
+      </c>
+      <c r="D124" t="s">
+        <v>185</v>
+      </c>
+      <c r="E124" t="s">
+        <v>186</v>
+      </c>
+      <c r="F124" t="s">
+        <v>154</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H124" t="s">
         <v>484</v>
-      </c>
-[...19 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
+        <v>485</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>486</v>
+      </c>
+      <c r="D125" t="s">
+        <v>185</v>
+      </c>
+      <c r="E125" t="s">
+        <v>186</v>
+      </c>
+      <c r="F125" t="s">
+        <v>154</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H125" t="s">
         <v>488</v>
-      </c>
-[...19 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
+        <v>489</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>490</v>
+      </c>
+      <c r="D126" t="s">
+        <v>185</v>
+      </c>
+      <c r="E126" t="s">
+        <v>186</v>
+      </c>
+      <c r="F126" t="s">
+        <v>429</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="H126" t="s">
         <v>492</v>
-      </c>
-[...19 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
+        <v>493</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>494</v>
+      </c>
+      <c r="D127" t="s">
+        <v>185</v>
+      </c>
+      <c r="E127" t="s">
+        <v>186</v>
+      </c>
+      <c r="F127" t="s">
+        <v>429</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="H127" t="s">
         <v>496</v>
-      </c>
-[...19 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
+        <v>497</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>498</v>
+      </c>
+      <c r="D128" t="s">
+        <v>185</v>
+      </c>
+      <c r="E128" t="s">
+        <v>186</v>
+      </c>
+      <c r="F128" t="s">
+        <v>429</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H128" t="s">
         <v>500</v>
-      </c>
-[...19 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
+        <v>501</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>502</v>
+      </c>
+      <c r="D129" t="s">
+        <v>185</v>
+      </c>
+      <c r="E129" t="s">
+        <v>186</v>
+      </c>
+      <c r="F129" t="s">
+        <v>63</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="H129" t="s">
         <v>504</v>
-      </c>
-[...19 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
+        <v>505</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>506</v>
+      </c>
+      <c r="D130" t="s">
+        <v>185</v>
+      </c>
+      <c r="E130" t="s">
+        <v>186</v>
+      </c>
+      <c r="F130" t="s">
+        <v>213</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="H130" t="s">
         <v>508</v>
-      </c>
-[...19 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>509</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>510</v>
+      </c>
+      <c r="D131" t="s">
+        <v>185</v>
+      </c>
+      <c r="E131" t="s">
+        <v>186</v>
+      </c>
+      <c r="F131" t="s">
+        <v>92</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H131" t="s">
         <v>512</v>
-      </c>
-[...19 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>513</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>514</v>
+      </c>
+      <c r="D132" t="s">
+        <v>185</v>
+      </c>
+      <c r="E132" t="s">
+        <v>186</v>
+      </c>
+      <c r="F132" t="s">
+        <v>92</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="H132" t="s">
         <v>516</v>
-      </c>
-[...19 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>517</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>518</v>
+      </c>
+      <c r="D133" t="s">
+        <v>185</v>
+      </c>
+      <c r="E133" t="s">
+        <v>186</v>
+      </c>
+      <c r="F133" t="s">
+        <v>92</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H133" t="s">
         <v>520</v>
-      </c>
-[...19 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>521</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>522</v>
+      </c>
+      <c r="D134" t="s">
+        <v>185</v>
+      </c>
+      <c r="E134" t="s">
+        <v>186</v>
+      </c>
+      <c r="F134" t="s">
+        <v>154</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H134" t="s">
         <v>524</v>
-      </c>
-[...19 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>525</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>526</v>
+      </c>
+      <c r="D135" t="s">
+        <v>185</v>
+      </c>
+      <c r="E135" t="s">
+        <v>186</v>
+      </c>
+      <c r="F135" t="s">
+        <v>154</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H135" t="s">
         <v>528</v>
-      </c>
-[...19 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>529</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>530</v>
+      </c>
+      <c r="D136" t="s">
+        <v>185</v>
+      </c>
+      <c r="E136" t="s">
+        <v>186</v>
+      </c>
+      <c r="F136" t="s">
+        <v>154</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H136" t="s">
         <v>532</v>
-      </c>
-[...19 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>533</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>534</v>
+      </c>
+      <c r="D137" t="s">
+        <v>185</v>
+      </c>
+      <c r="E137" t="s">
+        <v>186</v>
+      </c>
+      <c r="F137" t="s">
+        <v>63</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H137" t="s">
         <v>536</v>
-      </c>
-[...19 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>537</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>538</v>
+      </c>
+      <c r="D138" t="s">
+        <v>185</v>
+      </c>
+      <c r="E138" t="s">
+        <v>186</v>
+      </c>
+      <c r="F138" t="s">
+        <v>63</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H138" t="s">
         <v>540</v>
-      </c>
-[...16 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
+        <v>541</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>542</v>
+      </c>
+      <c r="D139" t="s">
+        <v>185</v>
+      </c>
+      <c r="E139" t="s">
+        <v>186</v>
+      </c>
+      <c r="F139" t="s">
+        <v>63</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H139" t="s">
         <v>544</v>
-      </c>
-[...19 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>545</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>546</v>
+      </c>
+      <c r="D140" t="s">
+        <v>185</v>
+      </c>
+      <c r="E140" t="s">
+        <v>186</v>
+      </c>
+      <c r="F140" t="s">
+        <v>63</v>
+      </c>
+      <c r="G140" s="1" t="s">
         <v>547</v>
       </c>
-      <c r="B140" t="s">
-[...2 lines deleted...]
-      <c r="C140" t="s">
+      <c r="H140" t="s">
         <v>548</v>
-      </c>
-[...13 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>549</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>550</v>
+      </c>
+      <c r="D141" t="s">
+        <v>185</v>
+      </c>
+      <c r="E141" t="s">
+        <v>186</v>
+      </c>
+      <c r="G141" s="1" t="s">
         <v>551</v>
       </c>
-      <c r="B141" t="s">
-[...2 lines deleted...]
-      <c r="C141" t="s">
+      <c r="H141" t="s">
         <v>552</v>
-      </c>
-[...13 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>553</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
         <v>554</v>
       </c>
-      <c r="B142" t="s">
-[...2 lines deleted...]
-      <c r="C142" t="s">
+      <c r="D142" t="s">
+        <v>185</v>
+      </c>
+      <c r="E142" t="s">
+        <v>186</v>
+      </c>
+      <c r="F142" t="s">
+        <v>68</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H142" t="s">
         <v>555</v>
-      </c>
-[...13 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>556</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>557</v>
+      </c>
+      <c r="D143" t="s">
+        <v>185</v>
+      </c>
+      <c r="E143" t="s">
+        <v>186</v>
+      </c>
+      <c r="F143" t="s">
+        <v>68</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>558</v>
       </c>
-      <c r="B143" t="s">
-[...2 lines deleted...]
-      <c r="C143" t="s">
+      <c r="H143" t="s">
         <v>559</v>
-      </c>
-[...13 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="D144" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E144" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F144" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H144" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>563</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>564</v>
+      </c>
+      <c r="D145" t="s">
+        <v>185</v>
+      </c>
+      <c r="E145" t="s">
+        <v>186</v>
+      </c>
+      <c r="F145" t="s">
+        <v>92</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="B145" t="s">
-[...2 lines deleted...]
-      <c r="C145" t="s">
+      <c r="H145" t="s">
         <v>566</v>
-      </c>
-[...13 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>567</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>568</v>
+      </c>
+      <c r="D146" t="s">
+        <v>185</v>
+      </c>
+      <c r="E146" t="s">
+        <v>186</v>
+      </c>
+      <c r="F146" t="s">
+        <v>88</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>569</v>
       </c>
-      <c r="B146" t="s">
-[...2 lines deleted...]
-      <c r="C146" t="s">
+      <c r="H146" t="s">
         <v>570</v>
-      </c>
-[...13 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>571</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>572</v>
+      </c>
+      <c r="D147" t="s">
+        <v>185</v>
+      </c>
+      <c r="E147" t="s">
+        <v>186</v>
+      </c>
+      <c r="F147" t="s">
+        <v>63</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H147" t="s">
         <v>573</v>
-      </c>
-[...19 lines deleted...]
-        <v>576</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>574</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>575</v>
+      </c>
+      <c r="D148" t="s">
+        <v>185</v>
+      </c>
+      <c r="E148" t="s">
+        <v>186</v>
+      </c>
+      <c r="F148" t="s">
+        <v>63</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H148" t="s">
         <v>577</v>
-      </c>
-[...19 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>578</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>579</v>
+      </c>
+      <c r="D149" t="s">
+        <v>185</v>
+      </c>
+      <c r="E149" t="s">
+        <v>186</v>
+      </c>
+      <c r="F149" t="s">
+        <v>63</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H149" t="s">
         <v>581</v>
-      </c>
-[...19 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>582</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>583</v>
+      </c>
+      <c r="D150" t="s">
+        <v>185</v>
+      </c>
+      <c r="E150" t="s">
+        <v>186</v>
+      </c>
+      <c r="F150" t="s">
+        <v>154</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H150" t="s">
         <v>585</v>
-      </c>
-[...19 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>586</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>587</v>
+      </c>
+      <c r="D151" t="s">
+        <v>185</v>
+      </c>
+      <c r="E151" t="s">
+        <v>186</v>
+      </c>
+      <c r="F151" t="s">
+        <v>154</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H151" t="s">
         <v>589</v>
-      </c>
-[...19 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>590</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>591</v>
+      </c>
+      <c r="D152" t="s">
+        <v>185</v>
+      </c>
+      <c r="E152" t="s">
+        <v>186</v>
+      </c>
+      <c r="F152" t="s">
+        <v>154</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="B152" t="s">
-[...2 lines deleted...]
-      <c r="C152" t="s">
+      <c r="H152" t="s">
         <v>593</v>
-      </c>
-[...13 lines deleted...]
-        <v>595</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>594</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>595</v>
+      </c>
+      <c r="D153" t="s">
+        <v>185</v>
+      </c>
+      <c r="E153" t="s">
+        <v>186</v>
+      </c>
+      <c r="F153" t="s">
+        <v>154</v>
+      </c>
+      <c r="G153" s="1" t="s">
         <v>596</v>
       </c>
-      <c r="B153" t="s">
-[...2 lines deleted...]
-      <c r="C153" t="s">
+      <c r="H153" t="s">
         <v>597</v>
-      </c>
-[...13 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>598</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>599</v>
+      </c>
+      <c r="D154" t="s">
+        <v>185</v>
+      </c>
+      <c r="E154" t="s">
+        <v>186</v>
+      </c>
+      <c r="F154" t="s">
+        <v>429</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="B154" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H154" t="s">
-        <v>603</v>
+        <v>208</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>601</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>602</v>
+      </c>
+      <c r="D155" t="s">
+        <v>185</v>
+      </c>
+      <c r="E155" t="s">
+        <v>186</v>
+      </c>
+      <c r="F155" t="s">
+        <v>429</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="H155" t="s">
         <v>604</v>
-      </c>
-[...19 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>605</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>606</v>
+      </c>
+      <c r="D156" t="s">
+        <v>185</v>
+      </c>
+      <c r="E156" t="s">
+        <v>186</v>
+      </c>
+      <c r="F156" t="s">
+        <v>429</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H156" t="s">
         <v>608</v>
-      </c>
-[...19 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>609</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>610</v>
+      </c>
+      <c r="D157" t="s">
+        <v>185</v>
+      </c>
+      <c r="E157" t="s">
+        <v>186</v>
+      </c>
+      <c r="F157" t="s">
+        <v>429</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H157" t="s">
         <v>612</v>
-      </c>
-[...19 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>613</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>614</v>
+      </c>
+      <c r="D158" t="s">
+        <v>185</v>
+      </c>
+      <c r="E158" t="s">
+        <v>186</v>
+      </c>
+      <c r="F158" t="s">
+        <v>73</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="H158" t="s">
         <v>616</v>
-      </c>
-[...13 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>617</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>618</v>
+      </c>
+      <c r="D159" t="s">
+        <v>185</v>
+      </c>
+      <c r="E159" t="s">
+        <v>186</v>
+      </c>
+      <c r="F159" t="s">
+        <v>73</v>
+      </c>
+      <c r="G159" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="H159" t="s">
         <v>620</v>
-      </c>
-[...13 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>621</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>622</v>
+      </c>
+      <c r="D160" t="s">
+        <v>185</v>
+      </c>
+      <c r="E160" t="s">
+        <v>186</v>
+      </c>
+      <c r="F160" t="s">
+        <v>92</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H160" t="s">
         <v>623</v>
-      </c>
-[...19 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>624</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>625</v>
+      </c>
+      <c r="D161" t="s">
+        <v>185</v>
+      </c>
+      <c r="E161" t="s">
+        <v>186</v>
+      </c>
+      <c r="F161" t="s">
+        <v>92</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="H161" t="s">
         <v>627</v>
-      </c>
-[...19 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>628</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>629</v>
+      </c>
+      <c r="D162" t="s">
+        <v>185</v>
+      </c>
+      <c r="E162" t="s">
+        <v>186</v>
+      </c>
+      <c r="F162" t="s">
+        <v>92</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="H162" t="s">
         <v>631</v>
-      </c>
-[...19 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>632</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>633</v>
+      </c>
+      <c r="D163" t="s">
+        <v>185</v>
+      </c>
+      <c r="E163" t="s">
+        <v>186</v>
+      </c>
+      <c r="F163" t="s">
+        <v>92</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="H163" t="s">
         <v>635</v>
-      </c>
-[...19 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>636</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>637</v>
+      </c>
+      <c r="D164" t="s">
+        <v>185</v>
+      </c>
+      <c r="E164" t="s">
+        <v>186</v>
+      </c>
+      <c r="F164" t="s">
+        <v>224</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="H164" t="s">
         <v>639</v>
-      </c>
-[...19 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>640</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>641</v>
+      </c>
+      <c r="D165" t="s">
+        <v>185</v>
+      </c>
+      <c r="E165" t="s">
+        <v>186</v>
+      </c>
+      <c r="F165" t="s">
+        <v>73</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="H165" t="s">
         <v>643</v>
-      </c>
-[...19 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>644</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>645</v>
+      </c>
+      <c r="D166" t="s">
+        <v>185</v>
+      </c>
+      <c r="E166" t="s">
+        <v>186</v>
+      </c>
+      <c r="F166" t="s">
+        <v>213</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="H166" t="s">
         <v>647</v>
-      </c>
-[...19 lines deleted...]
-        <v>650</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>648</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>649</v>
+      </c>
+      <c r="D167" t="s">
+        <v>185</v>
+      </c>
+      <c r="E167" t="s">
+        <v>186</v>
+      </c>
+      <c r="F167" t="s">
+        <v>429</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="H167" t="s">
         <v>651</v>
-      </c>
-[...19 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>652</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>653</v>
+      </c>
+      <c r="D168" t="s">
+        <v>185</v>
+      </c>
+      <c r="E168" t="s">
+        <v>186</v>
+      </c>
+      <c r="F168" t="s">
+        <v>88</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="H168" t="s">
         <v>655</v>
-      </c>
-[...19 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>656</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>657</v>
+      </c>
+      <c r="D169" t="s">
+        <v>185</v>
+      </c>
+      <c r="E169" t="s">
+        <v>186</v>
+      </c>
+      <c r="F169" t="s">
+        <v>88</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H169" t="s">
         <v>659</v>
-      </c>
-[...19 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>660</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>661</v>
+      </c>
+      <c r="D170" t="s">
+        <v>185</v>
+      </c>
+      <c r="E170" t="s">
+        <v>186</v>
+      </c>
+      <c r="F170" t="s">
+        <v>92</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="H170" t="s">
         <v>663</v>
-      </c>
-[...19 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>664</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>665</v>
+      </c>
+      <c r="D171" t="s">
+        <v>185</v>
+      </c>
+      <c r="E171" t="s">
+        <v>186</v>
+      </c>
+      <c r="F171" t="s">
+        <v>154</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="H171" t="s">
         <v>667</v>
-      </c>
-[...19 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>668</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>669</v>
+      </c>
+      <c r="D172" t="s">
+        <v>185</v>
+      </c>
+      <c r="E172" t="s">
+        <v>186</v>
+      </c>
+      <c r="F172" t="s">
+        <v>154</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H172" t="s">
         <v>671</v>
-      </c>
-[...19 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>672</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>673</v>
+      </c>
+      <c r="D173" t="s">
+        <v>185</v>
+      </c>
+      <c r="E173" t="s">
+        <v>186</v>
+      </c>
+      <c r="F173" t="s">
+        <v>136</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="H173" t="s">
         <v>675</v>
-      </c>
-[...19 lines deleted...]
-        <v>678</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>676</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>677</v>
+      </c>
+      <c r="D174" t="s">
+        <v>185</v>
+      </c>
+      <c r="E174" t="s">
+        <v>186</v>
+      </c>
+      <c r="F174" t="s">
+        <v>136</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="H174" t="s">
         <v>679</v>
-      </c>
-[...19 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>680</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>681</v>
+      </c>
+      <c r="D175" t="s">
+        <v>185</v>
+      </c>
+      <c r="E175" t="s">
+        <v>186</v>
+      </c>
+      <c r="F175" t="s">
+        <v>136</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H175" t="s">
         <v>683</v>
-      </c>
-[...19 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>684</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>685</v>
+      </c>
+      <c r="D176" t="s">
+        <v>185</v>
+      </c>
+      <c r="E176" t="s">
+        <v>186</v>
+      </c>
+      <c r="F176" t="s">
+        <v>136</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="H176" t="s">
         <v>687</v>
-      </c>
-[...19 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>688</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>689</v>
+      </c>
+      <c r="D177" t="s">
+        <v>185</v>
+      </c>
+      <c r="E177" t="s">
+        <v>186</v>
+      </c>
+      <c r="F177" t="s">
+        <v>88</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H177" t="s">
         <v>691</v>
-      </c>
-[...19 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>692</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>693</v>
+      </c>
+      <c r="D178" t="s">
+        <v>185</v>
+      </c>
+      <c r="E178" t="s">
+        <v>186</v>
+      </c>
+      <c r="F178" t="s">
+        <v>88</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H178" t="s">
         <v>695</v>
-      </c>
-[...19 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>696</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>697</v>
+      </c>
+      <c r="D179" t="s">
+        <v>185</v>
+      </c>
+      <c r="E179" t="s">
+        <v>186</v>
+      </c>
+      <c r="F179" t="s">
+        <v>224</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="H179" t="s">
         <v>699</v>
-      </c>
-[...19 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>700</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>701</v>
+      </c>
+      <c r="D180" t="s">
+        <v>185</v>
+      </c>
+      <c r="E180" t="s">
+        <v>186</v>
+      </c>
+      <c r="F180" t="s">
+        <v>224</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H180" t="s">
         <v>703</v>
-      </c>
-[...19 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>704</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>705</v>
+      </c>
+      <c r="D181" t="s">
+        <v>185</v>
+      </c>
+      <c r="E181" t="s">
+        <v>186</v>
+      </c>
+      <c r="F181" t="s">
+        <v>63</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>706</v>
       </c>
-      <c r="B181" t="s">
-[...2 lines deleted...]
-      <c r="C181" t="s">
+      <c r="H181" t="s">
         <v>707</v>
-      </c>
-[...13 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>708</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>709</v>
+      </c>
+      <c r="D182" t="s">
+        <v>185</v>
+      </c>
+      <c r="E182" t="s">
+        <v>186</v>
+      </c>
+      <c r="F182" t="s">
+        <v>63</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="B182" t="s">
-[...2 lines deleted...]
-      <c r="C182" t="s">
+      <c r="H182" t="s">
         <v>711</v>
-      </c>
-[...13 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>712</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>713</v>
+      </c>
+      <c r="D183" t="s">
+        <v>185</v>
+      </c>
+      <c r="E183" t="s">
+        <v>186</v>
+      </c>
+      <c r="F183" t="s">
+        <v>92</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H183" t="s">
         <v>714</v>
-      </c>
-[...19 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>715</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>716</v>
+      </c>
+      <c r="D184" t="s">
+        <v>185</v>
+      </c>
+      <c r="E184" t="s">
+        <v>186</v>
+      </c>
+      <c r="F184" t="s">
+        <v>88</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H184" t="s">
         <v>718</v>
-      </c>
-[...19 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>719</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>720</v>
+      </c>
+      <c r="D185" t="s">
+        <v>185</v>
+      </c>
+      <c r="E185" t="s">
+        <v>186</v>
+      </c>
+      <c r="F185" t="s">
+        <v>88</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>721</v>
       </c>
-      <c r="B185" t="s">
-[...2 lines deleted...]
-      <c r="C185" t="s">
+      <c r="H185" t="s">
         <v>722</v>
-      </c>
-[...13 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>723</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>724</v>
+      </c>
+      <c r="D186" t="s">
+        <v>185</v>
+      </c>
+      <c r="E186" t="s">
+        <v>186</v>
+      </c>
+      <c r="F186" t="s">
+        <v>63</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="B186" t="s">
-[...2 lines deleted...]
-      <c r="C186" t="s">
+      <c r="H186" t="s">
         <v>726</v>
-      </c>
-[...13 lines deleted...]
-        <v>728</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>727</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>728</v>
+      </c>
+      <c r="D187" t="s">
+        <v>185</v>
+      </c>
+      <c r="E187" t="s">
+        <v>186</v>
+      </c>
+      <c r="F187" t="s">
+        <v>73</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H187" t="s">
         <v>729</v>
-      </c>
-[...19 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>730</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>731</v>
+      </c>
+      <c r="D188" t="s">
+        <v>185</v>
+      </c>
+      <c r="E188" t="s">
+        <v>186</v>
+      </c>
+      <c r="F188" t="s">
+        <v>92</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="H188" t="s">
         <v>733</v>
-      </c>
-[...19 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>734</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>735</v>
+      </c>
+      <c r="D189" t="s">
+        <v>185</v>
+      </c>
+      <c r="E189" t="s">
+        <v>186</v>
+      </c>
+      <c r="F189" t="s">
+        <v>73</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="H189" t="s">
         <v>737</v>
-      </c>
-[...19 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>738</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>739</v>
+      </c>
+      <c r="D190" t="s">
+        <v>185</v>
+      </c>
+      <c r="E190" t="s">
+        <v>186</v>
+      </c>
+      <c r="F190" t="s">
+        <v>154</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="H190" t="s">
         <v>741</v>
-      </c>
-[...19 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
+        <v>742</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>743</v>
+      </c>
+      <c r="D191" t="s">
+        <v>185</v>
+      </c>
+      <c r="E191" t="s">
+        <v>186</v>
+      </c>
+      <c r="F191" t="s">
+        <v>63</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="H191" t="s">
         <v>745</v>
-      </c>
-[...19 lines deleted...]
-        <v>748</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
+        <v>746</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>747</v>
+      </c>
+      <c r="D192" t="s">
+        <v>185</v>
+      </c>
+      <c r="E192" t="s">
+        <v>186</v>
+      </c>
+      <c r="F192" t="s">
+        <v>63</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="H192" t="s">
         <v>749</v>
-      </c>
-[...19 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
+        <v>750</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>751</v>
+      </c>
+      <c r="D193" t="s">
+        <v>185</v>
+      </c>
+      <c r="E193" t="s">
+        <v>186</v>
+      </c>
+      <c r="F193" t="s">
+        <v>154</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="H193" t="s">
         <v>753</v>
-      </c>
-[...19 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
+        <v>754</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>755</v>
+      </c>
+      <c r="D194" t="s">
+        <v>185</v>
+      </c>
+      <c r="E194" t="s">
+        <v>186</v>
+      </c>
+      <c r="F194" t="s">
+        <v>88</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H194" t="s">
         <v>757</v>
-      </c>
-[...19 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
+        <v>758</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>759</v>
+      </c>
+      <c r="D195" t="s">
+        <v>185</v>
+      </c>
+      <c r="E195" t="s">
+        <v>186</v>
+      </c>
+      <c r="F195" t="s">
+        <v>88</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H195" t="s">
         <v>761</v>
-      </c>
-[...19 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
+        <v>762</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>763</v>
+      </c>
+      <c r="D196" t="s">
+        <v>185</v>
+      </c>
+      <c r="E196" t="s">
+        <v>186</v>
+      </c>
+      <c r="F196" t="s">
+        <v>88</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="H196" t="s">
         <v>765</v>
-      </c>
-[...19 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
+        <v>766</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>767</v>
+      </c>
+      <c r="D197" t="s">
+        <v>185</v>
+      </c>
+      <c r="E197" t="s">
+        <v>186</v>
+      </c>
+      <c r="F197" t="s">
+        <v>88</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="H197" t="s">
         <v>769</v>
-      </c>
-[...19 lines deleted...]
-        <v>771</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
+        <v>770</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>771</v>
+      </c>
+      <c r="D198" t="s">
+        <v>185</v>
+      </c>
+      <c r="E198" t="s">
+        <v>186</v>
+      </c>
+      <c r="F198" t="s">
+        <v>88</v>
+      </c>
+      <c r="G198" s="1" t="s">
         <v>772</v>
       </c>
-      <c r="B198" t="s">
-[...2 lines deleted...]
-      <c r="C198" t="s">
+      <c r="H198" t="s">
         <v>773</v>
-      </c>
-[...13 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
+        <v>774</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
         <v>775</v>
       </c>
-      <c r="B199" t="s">
-[...2 lines deleted...]
-      <c r="C199" t="s">
+      <c r="D199" t="s">
+        <v>185</v>
+      </c>
+      <c r="E199" t="s">
+        <v>186</v>
+      </c>
+      <c r="F199" t="s">
+        <v>88</v>
+      </c>
+      <c r="G199" s="1" t="s">
         <v>776</v>
       </c>
-      <c r="D199" t="s">
-[...8 lines deleted...]
-      <c r="G199" s="1" t="s">
+      <c r="H199" t="s">
         <v>777</v>
-      </c>
-[...1 lines deleted...]
-        <v>778</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>778</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
         <v>779</v>
       </c>
-      <c r="B200" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D200" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E200" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F200" t="s">
-        <v>781</v>
+        <v>88</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>32</v>
       </c>
       <c r="H200" t="s">
-        <v>782</v>
+        <v>780</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>781</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>782</v>
+      </c>
+      <c r="D201" t="s">
+        <v>185</v>
+      </c>
+      <c r="E201" t="s">
+        <v>186</v>
+      </c>
+      <c r="F201" t="s">
+        <v>88</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H201" t="s">
         <v>783</v>
-      </c>
-[...19 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>784</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>785</v>
+      </c>
+      <c r="D202" t="s">
+        <v>185</v>
+      </c>
+      <c r="E202" t="s">
+        <v>186</v>
+      </c>
+      <c r="F202" t="s">
+        <v>63</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="H202" t="s">
         <v>787</v>
-      </c>
-[...19 lines deleted...]
-        <v>790</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>788</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>789</v>
+      </c>
+      <c r="D203" t="s">
+        <v>185</v>
+      </c>
+      <c r="E203" t="s">
+        <v>186</v>
+      </c>
+      <c r="F203" t="s">
+        <v>790</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H203" t="s">
         <v>791</v>
-      </c>
-[...19 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>792</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>793</v>
+      </c>
+      <c r="D204" t="s">
+        <v>185</v>
+      </c>
+      <c r="E204" t="s">
+        <v>186</v>
+      </c>
+      <c r="F204" t="s">
+        <v>88</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="H204" t="s">
         <v>795</v>
-      </c>
-[...19 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
+        <v>796</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>797</v>
+      </c>
+      <c r="D205" t="s">
+        <v>185</v>
+      </c>
+      <c r="E205" t="s">
+        <v>186</v>
+      </c>
+      <c r="F205" t="s">
+        <v>88</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H205" t="s">
         <v>799</v>
-      </c>
-[...19 lines deleted...]
-        <v>802</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
+        <v>800</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>801</v>
+      </c>
+      <c r="D206" t="s">
+        <v>185</v>
+      </c>
+      <c r="E206" t="s">
+        <v>186</v>
+      </c>
+      <c r="F206" t="s">
+        <v>224</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="H206" t="s">
         <v>803</v>
-      </c>
-[...19 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>809</v>
+        <v>805</v>
       </c>
       <c r="D207" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E207" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F207" t="s">
-        <v>810</v>
+        <v>224</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="H207" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>813</v>
+        <v>808</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
       <c r="D208" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E208" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F208" t="s">
-        <v>815</v>
+        <v>224</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="H208" t="s">
-        <v>817</v>
+        <v>811</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>818</v>
+        <v>812</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>819</v>
+        <v>813</v>
       </c>
       <c r="D209" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E209" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F209" t="s">
-        <v>148</v>
+        <v>814</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
       <c r="H209" t="s">
-        <v>821</v>
+        <v>816</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>822</v>
+        <v>817</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>823</v>
+        <v>818</v>
       </c>
       <c r="D210" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="E210" t="s">
-        <v>176</v>
+        <v>186</v>
       </c>
       <c r="F210" t="s">
-        <v>55</v>
+        <v>819</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>32</v>
+        <v>820</v>
       </c>
       <c r="H210" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
+        <v>822</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>823</v>
+      </c>
+      <c r="D211" t="s">
+        <v>185</v>
+      </c>
+      <c r="E211" t="s">
+        <v>186</v>
+      </c>
+      <c r="F211" t="s">
+        <v>824</v>
+      </c>
+      <c r="G211" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="B211" t="s">
-[...5 lines deleted...]
-      <c r="D211" t="s">
+      <c r="H211" t="s">
         <v>826</v>
-      </c>
-[...10 lines deleted...]
-        <v>829</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
+        <v>827</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>828</v>
+      </c>
+      <c r="D212" t="s">
+        <v>185</v>
+      </c>
+      <c r="E212" t="s">
+        <v>186</v>
+      </c>
+      <c r="F212" t="s">
+        <v>154</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="H212" t="s">
         <v>830</v>
-      </c>
-[...19 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
+        <v>831</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>832</v>
+      </c>
+      <c r="D213" t="s">
+        <v>185</v>
+      </c>
+      <c r="E213" t="s">
+        <v>186</v>
+      </c>
+      <c r="F213" t="s">
+        <v>63</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H213" t="s">
         <v>833</v>
-      </c>
-[...19 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
+        <v>834</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>835</v>
+      </c>
+      <c r="D214" t="s">
+        <v>185</v>
+      </c>
+      <c r="E214" t="s">
+        <v>186</v>
+      </c>
+      <c r="F214" t="s">
+        <v>92</v>
+      </c>
+      <c r="G214" s="1" t="s">
         <v>836</v>
       </c>
-      <c r="B214" t="s">
-[...14 lines deleted...]
-      <c r="G214" s="1" t="s">
+      <c r="H214" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>838</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
         <v>839</v>
       </c>
-      <c r="B215" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D215" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E215" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F215" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>840</v>
       </c>
       <c r="H215" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>842</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>27</v>
+        <v>843</v>
       </c>
       <c r="D216" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E216" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F216" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="H216" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>262</v>
+        <v>847</v>
       </c>
       <c r="D217" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E217" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F217" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="H217" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>143</v>
+        <v>851</v>
       </c>
       <c r="D218" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E218" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F218" t="s">
-        <v>65</v>
+        <v>92</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="H218" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="D219" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E219" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F219" t="s">
-        <v>65</v>
+        <v>213</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="H219" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="D220" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E220" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F220" t="s">
-        <v>65</v>
+        <v>213</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="H220" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="D221" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E221" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F221" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="H221" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="D222" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E222" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F222" t="s">
-        <v>65</v>
+        <v>213</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="H222" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="D223" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E223" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F223" t="s">
-        <v>148</v>
+        <v>224</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>32</v>
+        <v>872</v>
       </c>
       <c r="H223" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>593</v>
+        <v>875</v>
       </c>
       <c r="D224" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E224" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F224" t="s">
-        <v>871</v>
+        <v>224</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="H224" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>597</v>
+        <v>879</v>
       </c>
       <c r="D225" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E225" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>186</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="H225" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>601</v>
+        <v>883</v>
       </c>
       <c r="D226" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E226" t="s">
-        <v>827</v>
+        <v>186</v>
       </c>
       <c r="F226" t="s">
-        <v>871</v>
+        <v>224</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>32</v>
+        <v>884</v>
       </c>
       <c r="H226" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="D227" t="s">
-        <v>826</v>
+        <v>185</v>
       </c>
       <c r="E227" t="s">
-        <v>827</v>
+        <v>186</v>
+      </c>
+      <c r="F227" t="s">
+        <v>224</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="H227" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>16</v>
+        <v>891</v>
       </c>
       <c r="D228" t="s">
-        <v>884</v>
+        <v>185</v>
       </c>
       <c r="E228" t="s">
-        <v>885</v>
+        <v>186</v>
       </c>
       <c r="F228" t="s">
-        <v>148</v>
+        <v>63</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="H228" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>45</v>
+        <v>895</v>
       </c>
       <c r="D229" t="s">
-        <v>884</v>
+        <v>185</v>
       </c>
       <c r="E229" t="s">
-        <v>885</v>
+        <v>186</v>
       </c>
       <c r="F229" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="H229" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>59</v>
+        <v>899</v>
       </c>
       <c r="D230" t="s">
-        <v>884</v>
+        <v>185</v>
       </c>
       <c r="E230" t="s">
-        <v>885</v>
+        <v>186</v>
       </c>
       <c r="F230" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="H230" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>193</v>
+        <v>903</v>
       </c>
       <c r="D231" t="s">
-        <v>884</v>
+        <v>185</v>
       </c>
       <c r="E231" t="s">
-        <v>885</v>
+        <v>186</v>
       </c>
       <c r="F231" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="H231" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>23</v>
+        <v>907</v>
       </c>
       <c r="D232" t="s">
-        <v>884</v>
+        <v>185</v>
       </c>
       <c r="E232" t="s">
-        <v>885</v>
+        <v>186</v>
       </c>
       <c r="F232" t="s">
-        <v>810</v>
+        <v>92</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="H232" t="s">
-        <v>887</v>
+        <v>909</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>899</v>
+        <v>910</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>64</v>
+        <v>911</v>
       </c>
       <c r="D233" t="s">
-        <v>884</v>
+        <v>185</v>
       </c>
       <c r="E233" t="s">
-        <v>885</v>
+        <v>186</v>
       </c>
       <c r="F233" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>900</v>
+        <v>912</v>
       </c>
       <c r="H233" t="s">
-        <v>901</v>
+        <v>913</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>902</v>
+        <v>914</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>69</v>
+        <v>915</v>
       </c>
       <c r="D234" t="s">
-        <v>884</v>
+        <v>185</v>
       </c>
       <c r="E234" t="s">
-        <v>885</v>
+        <v>186</v>
       </c>
       <c r="F234" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>903</v>
+        <v>916</v>
       </c>
       <c r="H234" t="s">
-        <v>904</v>
+        <v>917</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>905</v>
+        <v>918</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>218</v>
+        <v>919</v>
       </c>
       <c r="D235" t="s">
-        <v>884</v>
+        <v>185</v>
       </c>
       <c r="E235" t="s">
-        <v>885</v>
+        <v>186</v>
       </c>
       <c r="F235" t="s">
-        <v>65</v>
+        <v>819</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>906</v>
+        <v>920</v>
       </c>
       <c r="H235" t="s">
-        <v>907</v>
+        <v>921</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>908</v>
+        <v>922</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>222</v>
+        <v>923</v>
       </c>
       <c r="D236" t="s">
-        <v>884</v>
+        <v>185</v>
       </c>
       <c r="E236" t="s">
-        <v>885</v>
+        <v>186</v>
       </c>
       <c r="F236" t="s">
-        <v>420</v>
+        <v>199</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>909</v>
+        <v>924</v>
       </c>
       <c r="H236" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>911</v>
+        <v>926</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>225</v>
+        <v>927</v>
       </c>
       <c r="D237" t="s">
-        <v>884</v>
+        <v>185</v>
       </c>
       <c r="E237" t="s">
-        <v>885</v>
+        <v>186</v>
       </c>
       <c r="F237" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>912</v>
+        <v>928</v>
       </c>
       <c r="H237" t="s">
-        <v>910</v>
+        <v>929</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>913</v>
+        <v>930</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>138</v>
+        <v>931</v>
       </c>
       <c r="D238" t="s">
-        <v>914</v>
+        <v>185</v>
       </c>
       <c r="E238" t="s">
-        <v>915</v>
+        <v>186</v>
       </c>
       <c r="F238" t="s">
-        <v>19</v>
+        <v>429</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>916</v>
+        <v>932</v>
       </c>
       <c r="H238" t="s">
-        <v>917</v>
+        <v>933</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>918</v>
+        <v>934</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>919</v>
+        <v>935</v>
       </c>
       <c r="D239" t="s">
-        <v>914</v>
+        <v>185</v>
       </c>
       <c r="E239" t="s">
-        <v>915</v>
+        <v>186</v>
       </c>
       <c r="F239" t="s">
-        <v>19</v>
+        <v>429</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>920</v>
+        <v>32</v>
       </c>
       <c r="H239" t="s">
-        <v>921</v>
+        <v>936</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>922</v>
+        <v>937</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>923</v>
+        <v>938</v>
       </c>
       <c r="D240" t="s">
-        <v>914</v>
+        <v>185</v>
       </c>
       <c r="E240" t="s">
-        <v>915</v>
+        <v>186</v>
       </c>
       <c r="F240" t="s">
-        <v>19</v>
+        <v>429</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
       <c r="H240" t="s">
-        <v>925</v>
+        <v>940</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>403</v>
+        <v>942</v>
       </c>
       <c r="D241" t="s">
-        <v>914</v>
+        <v>185</v>
       </c>
       <c r="E241" t="s">
-        <v>915</v>
+        <v>186</v>
       </c>
       <c r="F241" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>927</v>
+        <v>943</v>
       </c>
       <c r="H241" t="s">
-        <v>928</v>
+        <v>944</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>929</v>
+        <v>945</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>411</v>
+        <v>946</v>
       </c>
       <c r="D242" t="s">
-        <v>914</v>
+        <v>185</v>
       </c>
       <c r="E242" t="s">
-        <v>915</v>
+        <v>186</v>
       </c>
       <c r="F242" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>32</v>
+        <v>947</v>
       </c>
       <c r="H242" t="s">
-        <v>930</v>
+        <v>948</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>931</v>
+        <v>949</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>419</v>
+        <v>950</v>
       </c>
       <c r="D243" t="s">
-        <v>914</v>
+        <v>185</v>
       </c>
       <c r="E243" t="s">
-        <v>915</v>
+        <v>186</v>
       </c>
       <c r="F243" t="s">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>932</v>
+        <v>951</v>
       </c>
       <c r="H243" t="s">
-        <v>933</v>
+        <v>952</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>934</v>
+        <v>953</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>16</v>
+        <v>954</v>
       </c>
       <c r="D244" t="s">
-        <v>935</v>
+        <v>185</v>
       </c>
       <c r="E244" t="s">
-        <v>936</v>
+        <v>186</v>
       </c>
       <c r="F244" t="s">
-        <v>148</v>
+        <v>88</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>937</v>
+        <v>955</v>
       </c>
       <c r="H244" t="s">
-        <v>938</v>
+        <v>956</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>939</v>
+        <v>957</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>45</v>
+        <v>958</v>
       </c>
       <c r="D245" t="s">
-        <v>935</v>
+        <v>185</v>
       </c>
       <c r="E245" t="s">
-        <v>936</v>
+        <v>186</v>
       </c>
       <c r="F245" t="s">
-        <v>148</v>
+        <v>63</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>940</v>
+        <v>32</v>
       </c>
       <c r="H245" t="s">
-        <v>941</v>
+        <v>959</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>942</v>
+        <v>960</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>59</v>
+        <v>961</v>
       </c>
       <c r="D246" t="s">
-        <v>935</v>
+        <v>185</v>
       </c>
       <c r="E246" t="s">
-        <v>936</v>
+        <v>186</v>
       </c>
       <c r="F246" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>943</v>
+        <v>962</v>
       </c>
       <c r="H246" t="s">
-        <v>944</v>
+        <v>963</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>945</v>
+        <v>964</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>188</v>
+        <v>16</v>
       </c>
       <c r="D247" t="s">
-        <v>935</v>
+        <v>965</v>
       </c>
       <c r="E247" t="s">
-        <v>936</v>
+        <v>966</v>
       </c>
       <c r="F247" t="s">
-        <v>148</v>
+        <v>92</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>32</v>
+        <v>967</v>
       </c>
       <c r="H247" t="s">
-        <v>869</v>
+        <v>968</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>193</v>
+        <v>53</v>
       </c>
       <c r="D248" t="s">
-        <v>935</v>
+        <v>965</v>
       </c>
       <c r="E248" t="s">
-        <v>936</v>
+        <v>966</v>
       </c>
       <c r="F248" t="s">
-        <v>148</v>
+        <v>92</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="H248" t="s">
-        <v>948</v>
+        <v>971</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>949</v>
+        <v>972</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="D249" t="s">
-        <v>935</v>
+        <v>965</v>
       </c>
       <c r="E249" t="s">
-        <v>936</v>
+        <v>966</v>
       </c>
       <c r="F249" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>950</v>
+        <v>973</v>
       </c>
       <c r="H249" t="s">
-        <v>951</v>
+        <v>974</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>952</v>
+        <v>975</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>64</v>
+        <v>198</v>
       </c>
       <c r="D250" t="s">
-        <v>935</v>
+        <v>965</v>
       </c>
       <c r="E250" t="s">
-        <v>936</v>
+        <v>966</v>
       </c>
       <c r="F250" t="s">
-        <v>148</v>
+        <v>92</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>953</v>
+        <v>976</v>
       </c>
       <c r="H250" t="s">
-        <v>954</v>
+        <v>977</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>955</v>
+        <v>978</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>69</v>
+        <v>23</v>
       </c>
       <c r="D251" t="s">
-        <v>935</v>
+        <v>965</v>
       </c>
       <c r="E251" t="s">
-        <v>936</v>
+        <v>966</v>
       </c>
       <c r="F251" t="s">
-        <v>148</v>
+        <v>92</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>956</v>
+        <v>979</v>
       </c>
       <c r="H251" t="s">
-        <v>957</v>
+        <v>980</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>958</v>
+        <v>981</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>375</v>
+        <v>27</v>
       </c>
       <c r="D252" t="s">
-        <v>935</v>
+        <v>965</v>
       </c>
       <c r="E252" t="s">
-        <v>936</v>
+        <v>966</v>
       </c>
       <c r="F252" t="s">
-        <v>19</v>
+        <v>92</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>959</v>
+        <v>982</v>
       </c>
       <c r="H252" t="s">
-        <v>960</v>
+        <v>983</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>961</v>
+        <v>984</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>138</v>
+        <v>272</v>
       </c>
       <c r="D253" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E253" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="F253" t="s">
-        <v>964</v>
+        <v>88</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>965</v>
+        <v>985</v>
       </c>
       <c r="H253" t="s">
-        <v>966</v>
+        <v>986</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>967</v>
+        <v>987</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>331</v>
+        <v>149</v>
       </c>
       <c r="D254" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E254" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="F254" t="s">
-        <v>964</v>
+        <v>73</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>968</v>
+        <v>988</v>
       </c>
       <c r="H254" t="s">
-        <v>969</v>
+        <v>989</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>970</v>
+        <v>990</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>971</v>
+        <v>991</v>
       </c>
       <c r="D255" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E255" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="F255" t="s">
-        <v>964</v>
+        <v>73</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>972</v>
+        <v>992</v>
       </c>
       <c r="H255" t="s">
-        <v>973</v>
+        <v>993</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>974</v>
+        <v>994</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>975</v>
+        <v>995</v>
       </c>
       <c r="D256" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E256" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="F256" t="s">
-        <v>964</v>
+        <v>73</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>976</v>
+        <v>996</v>
       </c>
       <c r="H256" t="s">
-        <v>977</v>
+        <v>997</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>978</v>
+        <v>998</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>563</v>
+        <v>999</v>
       </c>
       <c r="D257" t="s">
-        <v>979</v>
+        <v>965</v>
       </c>
       <c r="E257" t="s">
-        <v>980</v>
+        <v>966</v>
       </c>
       <c r="F257" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>981</v>
+        <v>1000</v>
       </c>
       <c r="H257" t="s">
-        <v>982</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>983</v>
+        <v>1002</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>566</v>
+        <v>1003</v>
       </c>
       <c r="D258" t="s">
-        <v>979</v>
+        <v>965</v>
       </c>
       <c r="E258" t="s">
-        <v>980</v>
+        <v>966</v>
       </c>
       <c r="F258" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>984</v>
+        <v>1004</v>
       </c>
       <c r="H258" t="s">
-        <v>985</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>986</v>
+        <v>1006</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>570</v>
+        <v>1007</v>
       </c>
       <c r="D259" t="s">
-        <v>979</v>
+        <v>965</v>
       </c>
       <c r="E259" t="s">
-        <v>980</v>
+        <v>966</v>
       </c>
       <c r="F259" t="s">
-        <v>65</v>
+        <v>154</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>987</v>
+        <v>32</v>
       </c>
       <c r="H259" t="s">
-        <v>988</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>989</v>
+        <v>1009</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>35</v>
+        <v>602</v>
       </c>
       <c r="D260" t="s">
-        <v>990</v>
+        <v>965</v>
       </c>
       <c r="E260" t="s">
-        <v>991</v>
+        <v>966</v>
       </c>
       <c r="F260" t="s">
-        <v>80</v>
+        <v>1010</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>992</v>
+        <v>1011</v>
       </c>
       <c r="H260" t="s">
-        <v>993</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>134</v>
+        <v>606</v>
       </c>
       <c r="D261" t="s">
-        <v>990</v>
+        <v>965</v>
       </c>
       <c r="E261" t="s">
-        <v>991</v>
+        <v>966</v>
       </c>
       <c r="F261" t="s">
-        <v>85</v>
+        <v>1010</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="H261" t="s">
-        <v>996</v>
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>610</v>
+      </c>
+      <c r="D262" t="s">
+        <v>965</v>
+      </c>
+      <c r="E262" t="s">
+        <v>966</v>
+      </c>
+      <c r="F262" t="s">
+        <v>1010</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H262" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D263" t="s">
+        <v>965</v>
+      </c>
+      <c r="E263" t="s">
+        <v>966</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H263" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>16</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E264" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F264" t="s">
+        <v>154</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H264" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>53</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E265" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F265" t="s">
+        <v>88</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H265" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>67</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E266" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F266" t="s">
+        <v>88</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H266" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>203</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E267" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F267" t="s">
+        <v>63</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H267" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>23</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E268" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F268" t="s">
+        <v>819</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H268" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>72</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E269" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F269" t="s">
+        <v>68</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H269" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>77</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E270" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F270" t="s">
+        <v>88</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H270" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>228</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E271" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F271" t="s">
+        <v>73</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H271" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>232</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E272" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F272" t="s">
+        <v>429</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>235</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E273" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F273" t="s">
+        <v>224</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>239</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E274" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F274" t="s">
+        <v>19</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>144</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E275" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F275" t="s">
+        <v>19</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E276" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F276" t="s">
+        <v>19</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E277" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F277" t="s">
+        <v>19</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>412</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E278" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F278" t="s">
+        <v>19</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>420</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E279" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F279" t="s">
+        <v>19</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>428</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F280" t="s">
+        <v>19</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>16</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E281" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F281" t="s">
+        <v>154</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>53</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F282" t="s">
+        <v>154</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1085</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>67</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F283" t="s">
+        <v>68</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>198</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F284" t="s">
+        <v>154</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1089</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>203</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F285" t="s">
+        <v>154</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>23</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F286" t="s">
+        <v>88</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>72</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F287" t="s">
+        <v>154</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>77</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F288" t="s">
+        <v>154</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>384</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F289" t="s">
+        <v>19</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>144</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>341</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F291" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F292" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F293" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>572</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F294" t="s">
+        <v>73</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>575</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F295" t="s">
+        <v>73</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>579</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F296" t="s">
+        <v>73</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>35</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F297" t="s">
+        <v>88</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>140</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F298" t="s">
+        <v>92</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1139</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -10420,50 +11809,87 @@
     <hyperlink ref="G237" r:id="rId236"/>
     <hyperlink ref="G238" r:id="rId237"/>
     <hyperlink ref="G239" r:id="rId238"/>
     <hyperlink ref="G240" r:id="rId239"/>
     <hyperlink ref="G241" r:id="rId240"/>
     <hyperlink ref="G242" r:id="rId241"/>
     <hyperlink ref="G243" r:id="rId242"/>
     <hyperlink ref="G244" r:id="rId243"/>
     <hyperlink ref="G245" r:id="rId244"/>
     <hyperlink ref="G246" r:id="rId245"/>
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
     <hyperlink ref="G255" r:id="rId254"/>
     <hyperlink ref="G256" r:id="rId255"/>
     <hyperlink ref="G257" r:id="rId256"/>
     <hyperlink ref="G258" r:id="rId257"/>
     <hyperlink ref="G259" r:id="rId258"/>
     <hyperlink ref="G260" r:id="rId259"/>
     <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>